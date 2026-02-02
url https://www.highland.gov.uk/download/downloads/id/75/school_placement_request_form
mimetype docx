--- v0 (2025-10-06)
+++ v1 (2026-02-02)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F7CF48D" w14:textId="77777777" w:rsidR="008364A0" w:rsidRPr="0015470E" w:rsidRDefault="003C54C5">
       <w:pPr>
         <w:spacing w:after="98" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="669" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015470E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>PLACING REQUEST APPLICATION FORM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7CF48E" w14:textId="294EA5F9" w:rsidR="008364A0" w:rsidRDefault="00457C3F">
       <w:pPr>
         <w:spacing w:after="198" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
@@ -1850,52 +1850,56 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="5DBBA2E0" id="Text Box 16" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:36.3pt;margin-top:20.6pt;width:216.75pt;height:17pt;z-index:251807744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXZb9H1wIAADsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+5pAoaWooWKtmCZV&#10;bVU69dk4DrHq2J59kLC/fmcnBNj60mk8BJ/vh+++++6ub5pKka1wXhqd0cFZSonQ3ORSrzP642Xx&#10;ZUKJB6ZzpowWGd0JT29mnz9d13YqhqY0KheOYBDtp7XNaAlgp0nieSkq5s+MFRqVhXEVAxTdOskd&#10;qzF6pZJhml4ktXG5dYYL7/H2rlXSWYxfFILDY1F4AURlFHOD+HXxuwrfZHbNpmvHbCl5lwb7hywq&#10;JjU+2oe6Y8DIxsm/QlWSO+NNAWfcVIkpCslFrAGrGaR/VLMsmRWxFgTH2x4m///C8oft0j45As1X&#10;02ADAyC19VOPl6GepnBV+MdMCeoRwl0Pm2iAcLwcXo6Hl8MxJRx1w8H4Ko24Jgdv6zx8E6Yi4ZBR&#10;h22JaLHtvQd8EU33JuExb5TMF1KpKAQqiFvlyJZhExXEHNHjxEppUmf04nycxsAnuhC6918pxt9C&#10;lacRUFI6PCciaTCtWPUGhFuWeU1WauOeWZ7RcTrB8kguQyHnk0ErIKPGozT8KGFqjaMAlDgDrxLK&#10;2MUAWoj4Ti7hmilbsrbAGKZLsLOOyZp9LlE6SjM59CueYKdEiKn0syiIzGPbwkUcqgOSjHOhezSj&#10;dbAqEPePOHb2wbVN6iPOvUd82WjonSupjWt7eUqA/G1PgKK1RzyO6g5HaFYNFo50Pt/zeWXyHdIc&#10;WxJJ7C1fSKTFPfPwxByOPDYO1xg84qdQBrlkuhMlpXG/3rsP9jiJqKWkxhWSUf9zw5ygRH3XOKNX&#10;g9EIw0IURuPLIQruWLM61uhNdWuQ4ANcmJbHY7AHtT8WzlSvuO3m4VVUMc3x7ci09ngL7WLDbcnF&#10;fB6NcMtYBvd6aXkIHWAOpHppXpmz3TgCDvKD2S8bJOPpVLa2wdPb+QbMQsaRDUC3qHYNwA0Vqdlt&#10;07ACj+Voddj5s98AAAD//wMAUEsDBBQABgAIAAAAIQDMMWzL2wAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqJ0oDVWIU6FKPQOhvbvxEke111HsNqFfjznBcfVGM2/r7eIs&#10;u+IUBk8SspUAhtR5PVAv4fC5f9oAC1GRVtYTSvjGANvm/q5WlfYzfeC1jT1LJRQqJcHEOFach86g&#10;U2HlR6TEvvzkVEzn1HM9qTmVO8tzIUru1EBpwagRdwa7c3txEt7P7e5tc8hMcStGt2+jvYn5KOXj&#10;w/L6AiziEv/C8Kuf1KFJTid/IR2YlfCclykpochyYImvRZkBOyWwzoE3Nf//QPMDAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAl2W/R9cCAAA7BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAzDFsy9sAAAAIAQAADwAAAAAAAAAAAAAAAAAxBQAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADkGAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin=",-.5" offset="0,3pt"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="7ABA63D0" w14:textId="77777777" w:rsidR="004F60E7" w:rsidRDefault="004F60E7" w:rsidP="004F60E7">
                       <w:pPr>
                         <w:ind w:right="-105"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Street</w:t>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Street</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6F7CF497" w14:textId="51F1EC03" w:rsidR="00CB21DE" w:rsidRPr="00F415B2" w:rsidRDefault="004F60E7" w:rsidP="00F415B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="0" w:right="68" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F60E7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251820032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B5278A6" wp14:editId="56CDBEAA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4219575</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>261620</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2752725" cy="215900"/>
@@ -2080,52 +2084,56 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="7BBC8C47" id="Text Box 17" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:36.2pt;margin-top:20.5pt;width:216.75pt;height:17pt;z-index:251809792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWwo3V1gIAADsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+2kcZsGdYqsRYYB&#10;RVs0HXpWZDkWKkuapMTOfv0o2nltvXRYDo4oPkR+/Mjrm7ZWZCOcl0bndHCWUiI0N4XUq5z+eJl/&#10;GVPiA9MFU0aLnG6FpzfTz5+uGzsRQ1MZVQhHIIj2k8bmtArBTpLE80rUzJ8ZKzQoS+NqFkB0q6Rw&#10;rIHotUqGaXqRNMYV1hkuvIfbu05Jpxi/LAUPj2XpRSAqp5BbwK/D7zJ+k+k1m6wcs5XkfRrsH7Ko&#10;mdTw6D7UHQuMrJ38K1QtuTPelOGMmzoxZSm5wBqgmkH6RzWLilmBtQA43u5h8v8vLH/YLOyTI6H9&#10;alpoYASksX7i4TLW05aujv+QKQE9QLjdwybaQDhcDi+z4eUwo4SDbjjIrlLENTl4W+fDN2FqEg85&#10;ddAWRItt7n2AF8F0ZxIf80bJYi6VQiFSQdwqRzYMmqgC5ggeJ1ZKkyanF+dZioFPdDH03n+pGH+L&#10;VZ5GAEnp+JxA0kBaWPU6CLeoioYs1do9syKnWTqG8kghYyHn40EnAKOyURp/lDC1glEIlDgTXmWo&#10;sIsRtBjxnVziNVO2Yl2BGKZPsLfGZM0uF5SO0kwO/cJT2CoRYyr9LEoiC2xbvMChOiDJOBd6jyZa&#10;R6sScP+IY28fXbukPuK898CXjQ5751pq47penhKgeNsRoOzsAY+juuMxtMsWCgc6Zzs+L02xBZpD&#10;S5DE3vK5BFrcMx+emIORh8bBGguP8CmVAS6Z/kRJZdyv9+6jPUwiaClpYIXk1P9cMycoUd81zOjV&#10;YDSCsAGFUXY5BMEda5bHGr2ubw0QfAAL03I8RvugdsfSmfoVtt0svgoqpjm8jUzrjrehW2ywLbmY&#10;zdAItoxl4V4vLI+hI8yRVC/tK3O2H8cAg/xgdssGyHg6lZ1t9PR2tg5mLnFkI9Adqn0DYEMhNftt&#10;GlfgsYxWh50//Q0AAP//AwBQSwMEFAAGAAgAAAAhAD85RNrbAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1lbhRO1UCJY1ToUo9A2m5u7GJo9rrKHab0K9nOcFx9Uazb6rt7B27&#10;mjH2ASVkSwHMYBt0j52E42H/uAYWk0KtXEAj4dtE2Nb3d5UqdZjww1yb1DEqwVgqCTaloeQ8ttZ4&#10;FZdhMEjsK4xeJTrHjutRTVTuHV8J8cS96pE+WDWYnTXtubl4Ce/nZve2PmY2v+WD3zfJ3cT0KeXD&#10;Yn7dAEtmTn9h+NUndajJ6RQuqCNzEp5XOSUl5BlNIl6I4gXYiUAhgNcV/z+g/gEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBWwo3V1gIAADsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQA/OUTa2wAAAAgBAAAPAAAAAAAAAAAAAAAAADAFAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAOAYAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin=",-.5" offset="0,3pt"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="5BABA5D7" w14:textId="77777777" w:rsidR="004F60E7" w:rsidRDefault="004F60E7" w:rsidP="004F60E7">
                       <w:pPr>
                         <w:ind w:right="-105"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Town</w:t>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Town</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6F7CF498" w14:textId="51529018" w:rsidR="00CB21DE" w:rsidRPr="00F415B2" w:rsidRDefault="004F60E7" w:rsidP="00F415B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="0" w:right="68" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F60E7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251821056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="439DBA71" wp14:editId="78ECC056">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4371975</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>273685</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2600325" cy="215900"/>
@@ -2310,52 +2318,56 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="6FFF5AC9" id="Text Box 18" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:48.2pt;margin-top:21.45pt;width:204.75pt;height:17pt;z-index:251811840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPkF+v1wIAADsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+5pAoaWooWKtmCZV&#10;bVU69dk4DrHq2J5tSNhfv/MlBNj60mk8BJ/vh+++++6ub5pKka1wXhqd0cFZSonQ3ORSrzP642Xx&#10;ZUKJD0znTBktMroTnt7MPn+6ru1UDE1pVC4cgSDaT2ub0TIEO00Sz0tRMX9mrNCgLIyrWADRrZPc&#10;sRqiVyoZpulFUhuXW2e48B5u71olnWH8ohA8PBaFF4GojEJuAb8Ov6v4TWbXbLp2zJaSd2mwf8ii&#10;YlLDo32oOxYY2Tj5V6hKcme8KcIZN1ViikJygTVANYP0j2qWJbMCawFwvO1h8v8vLH/YLu2TI6H5&#10;ahpoYASktn7q4TLW0xSuiv+QKQE9QLjrYRNNIBwuhxdpej4cU8JBNxyMr1LENTl4W+fDN2EqEg8Z&#10;ddAWRItt732AF8F0bxIf80bJfCGVQiFSQdwqR7YMmqgC5ggeJ1ZKkzqjF+fjFAOf6GLo3n+lGH+L&#10;VZ5GAEnp+JxA0kBaWPUmCLcs85qs1MY9szyj43QC5ZFcxkLOJ4NWAEaNR2n8UcLUGkYhUOJMeJWh&#10;xC5G0GLEd3KJ10zZkrUFYpguwc4akzX7XFA6SjM59AtPYadEjKn0syiIzLFt8QKH6oAk41zoHk20&#10;jlYF4P4Rx84+urZJfcS598CXjQ69cyW1cW0vTwmQv+0JULT2gMdR3fEYmlUDhQOdL/d8Xpl8BzSH&#10;liCJveULCbS4Zz48MQcjD42DNRYe4VMoA1wy3YmS0rhf791He5hE0FJSwwrJqP+5YU5Qor5rmNGr&#10;wWgEYQMKo/HlEAR3rFkda/SmujVA8AEsTMvxGO2D2h8LZ6pX2Hbz+CqomObwNjKtPd6GdrHBtuRi&#10;Pkcj2DKWhXu9tDyGjjBHUr00r8zZbhwDDPKD2S8bIOPpVLa20dPb+SaYhcSRjUC3qHYNgA2F1Oy2&#10;aVyBxzJaHXb+7DcAAAD//wMAUEsDBBQABgAIAAAAIQAxl75k3AAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN0qDU2IU6FKPQNpubvxEke111HsNqFfjznBbVYzmnlbbWdn&#10;2RXH0HuSsFwIYEit1z11Eo6H/dMGWIiKtLKeUMI3BtjW93eVKrWf6AOvTexYKqFQKgkmxqHkPLQG&#10;nQoLPyAl78uPTsV0jh3Xo5pSubN8JUTOneopLRg14M5ge24uTsL7udm9bY5Lk92ywe2baG9i+pTy&#10;8WF+fQEWcY5/YfjFT+hQJ6aTv5AOzEoo8iwlJWSrAljy12KdxEnCc14Aryv+/4H6BwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAA+QX6/XAgAAOwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADGXvmTcAAAACAEAAA8AAAAAAAAAAAAAAAAAMQUAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA6BgAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin=",-.5" offset="0,3pt"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="77EFF279" w14:textId="77777777" w:rsidR="004F60E7" w:rsidRDefault="004F60E7" w:rsidP="004F60E7">
                       <w:pPr>
                         <w:ind w:right="-105"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Area</w:t>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Area</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6F7CF499" w14:textId="5911E9D0" w:rsidR="00CB21DE" w:rsidRPr="00F415B2" w:rsidRDefault="004F60E7" w:rsidP="00F415B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="0" w:right="68" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F60E7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251822080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FDC8E5F" wp14:editId="43A9C2E4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4591050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>275590</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2381250" cy="215900"/>
@@ -2540,52 +2552,56 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="079B7020" id="Text Box 19" o:spid="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:65.45pt;margin-top:21.6pt;width:187.5pt;height:17pt;z-index:251813888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu9a3m0wIAADsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+5pAoaOooWKtmCZV&#10;bVU69dk4DrHq2J5tSNhfvzsnBFj70mk8BJ/vh+++++6urptKka1wXhqd0cFZSonQ3ORSrzP683nx&#10;ZUKJD0znTBktMroTnl7PPn+6qu1UDE1pVC4cgSDaT2ub0TIEO00Sz0tRMX9mrNCgLIyrWADRrZPc&#10;sRqiVyoZpulFUhuXW2e48B5ub1slncX4RSF4eCgKLwJRGYXcQvy6+F3hN5ldsenaMVtK3qXB/iGL&#10;ikkNj/ahbllgZOPkm1CV5M54U4QzbqrEFIXkItYA1QzSv6pZlsyKWAuA420Pk/9/Yfn9dmkfHQnN&#10;N9NAAxGQ2vqph0uspylchf+QKQE9QLjrYRNNIBwuh+eTwXAMKg664WB8mUZck4O3dT58F6YieMio&#10;g7ZEtNj2zgd4EUz3JviYN0rmC6lUFJAK4kY5smXQRBVijuBxYqU0qTN6cQ5pvImAoXv/lWL8Fas8&#10;jQCS0ugpImkgLRTMJgi3LPOarNTGPbE8o+N0AuWRXGIhUHgrAKPGoxR/lDC1hlEIlDgTXmQoYxcR&#10;NIz4Ti54zZQtWVtgDNMl2FnHZPtconSUZnLoVzyFnRIYU+knURCZx7bhRRyqA5KMc6F7NKM1WhWA&#10;+0ccO3t0bZP6iHPvEV82OvTOldTGtb08JUD+uidA0doDHkd14zE0qwYKBzpf7vm8MvkOaA4tiST2&#10;li8k0OKO+fDIHIw8NA7WWHiAT6EMcMl0J0pK436/d4/2MImgpaSGFZJR/2vDnKBE/dAwo5eD0QjC&#10;hiiMxl+HILhjzepYozfVjQGCD2BhWh6PaB/U/lg4U73Atpvjq6BimsPbkWnt8Sa0iw22JRfzeTSC&#10;LWNZuNNLyzE0woykem5emLPdOAYY5HuzXzZAxtOpbG3R09v5JpiFjCOLQLeodg2ADRWp2W1TXIHH&#10;crQ67PzZHwAAAP//AwBQSwMEFAAGAAgAAAAhAAKCMgDdAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1ldhRu2lKSxqnQpW6BkLZu/EQR/Ujit0m9OsZVrC8M0d3zpS7yVl2xSF2&#10;wUtYzAUw9E3QnW8lHD8OjxtgMSmvlQ0eJXxjhF11f1eqQofRv+O1Ti2jEh8LJcGk1Becx8agU3Ee&#10;evS0+wqDU4ni0HI9qJHKneWZEE/cqc7TBaN63BtszvXFSXg71/vXzXFh8lveu0Od7E2Mn1I+zKaX&#10;LbCEU/qD4Vef1KEip1O4eB2ZpbwUz4RKyJcZMAJWYkWDk4T1OgNelfz/B9UPAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAG71rebTAgAAOwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAAKCMgDdAAAACQEAAA8AAAAAAAAAAAAAAAAALQUAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA3BgAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin=",-.5" offset="0,3pt"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="44817423" w14:textId="77777777" w:rsidR="004F60E7" w:rsidRDefault="004F60E7" w:rsidP="004F60E7">
                       <w:pPr>
                         <w:ind w:right="-105"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Postcode</w:t>
       </w:r>
       <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CB21DE" w:rsidRPr="00F415B2">
         <w:t>Postcode</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6F7CF49A" w14:textId="2E84A98D" w:rsidR="00CB21DE" w:rsidRPr="00F415B2" w:rsidRDefault="004F60E7" w:rsidP="00F415B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="0" w:right="68" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004F60E7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251823104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53877241" wp14:editId="0CA5F95F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4591050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>268605</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2381250" cy="215900"/>
@@ -4702,59 +4718,73 @@
                   <w:txbxContent>
                     <w:p w14:paraId="5A46E34D" w14:textId="77777777" w:rsidR="00D62818" w:rsidRDefault="00D62818" w:rsidP="00D62818">
                       <w:pPr>
                         <w:ind w:right="-105"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D3359B">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Surname</w:t>
       </w:r>
       <w:r w:rsidR="00D3359B">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D3359B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D3359B">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D3359B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6F7CF4A1" w14:textId="554A5F52" w:rsidR="00F415B2" w:rsidRDefault="00D62818" w:rsidP="00D3359B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="1190"/>
           <w:tab w:val="right" w:pos="4876"/>
           <w:tab w:val="right" w:pos="8647"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="300"/>
         <w:ind w:left="0" w:right="68" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F60E7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251833344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D9D10E5" wp14:editId="052DFEA9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5565140</wp:posOffset>
@@ -6230,137 +6260,137 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="106"/>
         <w:ind w:left="144" w:right="77"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F7CF4AE" w14:textId="77777777" w:rsidR="00C95234" w:rsidRPr="00C95234" w:rsidRDefault="00C95234" w:rsidP="00C95234">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6379"/>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="106"/>
         <w:ind w:left="144" w:right="77"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F7CF4AF" w14:textId="77777777" w:rsidR="00C95234" w:rsidRDefault="00C95234" w:rsidP="00C95234">
       <w:pPr>
         <w:spacing w:after="106"/>
         <w:ind w:right="1915"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F7CF4B0" w14:textId="43733ADA" w:rsidR="00C95234" w:rsidRDefault="000A7AD6" w:rsidP="005F7EC6">
+    <w:p w14:paraId="6F7CF4B0" w14:textId="43733ADA" w:rsidR="00C95234" w:rsidRDefault="001C71B4" w:rsidP="005F7EC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="106"/>
         <w:ind w:left="567" w:right="77" w:hanging="425"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:id w:val="1948572199"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005F7EC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="32"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005F7EC6">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C95234">
         <w:t>I declare that to the best of my knowledge and belief, all the information that I have given in connection with this application is full and correct in every respect.  I understand that the giving of any false information or withholding of relevant information may result in the withdrawal of the offer of a place at my chosen school</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7CF4B1" w14:textId="740BDCEB" w:rsidR="008364A0" w:rsidRDefault="000A7AD6" w:rsidP="005F7EC6">
+    <w:p w14:paraId="6F7CF4B1" w14:textId="740BDCEB" w:rsidR="008364A0" w:rsidRDefault="001C71B4" w:rsidP="005F7EC6">
       <w:pPr>
         <w:spacing w:before="120" w:after="106"/>
         <w:ind w:left="588" w:right="77" w:hanging="446"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:id w:val="-1261448354"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005F7EC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="32"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005F7EC6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C54C5">
         <w:t xml:space="preserve">I confirm that I understand and agree to the notes and conditions as stated in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidR="003C54C5">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Guidance</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F7CF4B2" w14:textId="18F9D1F5" w:rsidR="008364A0" w:rsidRDefault="000A7AD6" w:rsidP="005F7EC6">
+    <w:p w14:paraId="6F7CF4B2" w14:textId="18F9D1F5" w:rsidR="008364A0" w:rsidRDefault="001C71B4" w:rsidP="005F7EC6">
       <w:pPr>
         <w:spacing w:before="120" w:after="189"/>
         <w:ind w:left="588" w:right="77" w:hanging="446"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:id w:val="-1314560003"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005F7EC6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="32"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
@@ -6383,51 +6413,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7CF4B3" w14:textId="77777777" w:rsidR="008364A0" w:rsidRDefault="003C54C5">
       <w:pPr>
         <w:spacing w:after="77" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="134" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CDC6A9" w14:textId="2BFB67E5" w:rsidR="00385C59" w:rsidRDefault="00385C59" w:rsidP="00385C59">
+    <w:p w14:paraId="58CDC6A9" w14:textId="2BFB67E5" w:rsidR="00385C59" w:rsidRPr="003C4022" w:rsidRDefault="00385C59" w:rsidP="00385C59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385C59">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parents should </w:t>
       </w:r>
       <w:r w:rsidR="00234419">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
@@ -6447,472 +6477,506 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001225A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by post </w:t>
       </w:r>
       <w:r w:rsidRPr="00794F8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidR="002B5669" w:rsidRPr="00794F8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">appropriate Area </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00234419">
+        <w:t xml:space="preserve">appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="002B5669" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education and Learning </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B5669" w:rsidRPr="00794F8A">
+        <w:t xml:space="preserve">Area </w:t>
+      </w:r>
+      <w:r w:rsidR="00234419" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Office</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00794F8A" w:rsidRPr="00794F8A">
+        <w:t xml:space="preserve">Education and Learning </w:t>
+      </w:r>
+      <w:r w:rsidR="002B5669" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t>Office</w:t>
+      </w:r>
+      <w:r w:rsidR="00794F8A" w:rsidRPr="003C4022">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773D1989" w14:textId="7E098717" w:rsidR="00794F8A" w:rsidRDefault="00794F8A" w:rsidP="00385C59">
+    <w:p w14:paraId="773D1989" w14:textId="7E098717" w:rsidR="00794F8A" w:rsidRPr="003C4022" w:rsidRDefault="00794F8A" w:rsidP="00385C59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E9073F7" w14:textId="55BA4204" w:rsidR="00794F8A" w:rsidRPr="000A7AD6" w:rsidRDefault="00644502" w:rsidP="00385C59">
+    <w:p w14:paraId="4E9073F7" w14:textId="55BA4204" w:rsidR="00794F8A" w:rsidRPr="003C4022" w:rsidRDefault="00644502" w:rsidP="00385C59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For Schools in SOUTH </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(covering Inverness, Nairn, Badenoch and Strathspey)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> please submit to</w:t>
       </w:r>
-      <w:r w:rsidR="00234419" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00234419" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041A19D8" w14:textId="1BD19399" w:rsidR="00013DBD" w:rsidRPr="000A7AD6" w:rsidRDefault="002E443D" w:rsidP="00234419">
+    <w:p w14:paraId="041A19D8" w14:textId="1BD19399" w:rsidR="00013DBD" w:rsidRPr="003C4022" w:rsidRDefault="002E443D" w:rsidP="00234419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Placing Requests - Business Support, South Area Education and Learning Office</w:t>
       </w:r>
-      <w:r w:rsidR="007B3D58" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="007B3D58" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, Glenurquhart Road, Inverness IV3 5NX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE0A565" w14:textId="71B55CE9" w:rsidR="00013DBD" w:rsidRPr="000A7AD6" w:rsidRDefault="00013DBD" w:rsidP="00573D9B">
+    <w:p w14:paraId="4EE0A565" w14:textId="71B55CE9" w:rsidR="00013DBD" w:rsidRPr="003C4022" w:rsidRDefault="00013DBD" w:rsidP="00573D9B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For Schools in MID </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(covering Easter Ross, Mid Ross and Cromarty)</w:t>
       </w:r>
-      <w:r w:rsidR="00234419" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00234419" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> please submit to</w:t>
       </w:r>
-      <w:r w:rsidR="00234419" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00234419" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45410ACB" w14:textId="7190FCE2" w:rsidR="00013DBD" w:rsidRPr="000A7AD6" w:rsidRDefault="002E443D" w:rsidP="00234419">
+    <w:p w14:paraId="45410ACB" w14:textId="7190FCE2" w:rsidR="00013DBD" w:rsidRPr="003C4022" w:rsidRDefault="002E443D" w:rsidP="00234419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Placing Requests, </w:t>
       </w:r>
-      <w:r w:rsidR="00DE0881" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00DE0881" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Mid Area Education and Learning Office, County Buildings, Dingwall, IV15 9QN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E247C6" w14:textId="0E6FCA6C" w:rsidR="00013DBD" w:rsidRPr="000A7AD6" w:rsidRDefault="00013DBD" w:rsidP="00573D9B">
+    <w:p w14:paraId="41E247C6" w14:textId="0E6FCA6C" w:rsidR="00013DBD" w:rsidRPr="003C4022" w:rsidRDefault="00013DBD" w:rsidP="00573D9B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For Schools in WEST </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(covering Lochaber, Skye and Lochalsh and Wester Ross)</w:t>
       </w:r>
-      <w:r w:rsidR="00234419" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00234419" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> please submit to</w:t>
       </w:r>
-      <w:r w:rsidR="00234419" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00234419" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2836AFCC" w14:textId="65890483" w:rsidR="00013DBD" w:rsidRPr="000A7AD6" w:rsidRDefault="001C62F9" w:rsidP="00234419">
+    <w:p w14:paraId="2836AFCC" w14:textId="25261533" w:rsidR="00013DBD" w:rsidRPr="003C4022" w:rsidRDefault="001C62F9" w:rsidP="00234419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Placing Requests</w:t>
       </w:r>
-      <w:r w:rsidR="00C933E9" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00C933E9" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="000F296A" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="000F296A" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>West Area Education and Learning Office</w:t>
       </w:r>
-      <w:r w:rsidR="000F296A" w:rsidRPr="000A7AD6">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Camaghael Hostel, Camaghael, Fort William</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C25831" w:rsidRPr="000A7AD6">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00756430" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000A7AD6">
+        <w:t xml:space="preserve"> Charles Kennedy Building,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PH33 7NE</w:t>
+        <w:t xml:space="preserve"> Fort William</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25831" w:rsidRPr="003C4022">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4022">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PH33 </w:t>
+      </w:r>
+      <w:r w:rsidR="00756430" w:rsidRPr="003C4022">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>6RQ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A05FA3" w14:textId="1C3A94EB" w:rsidR="00013DBD" w:rsidRPr="000A7AD6" w:rsidRDefault="00234419" w:rsidP="00573D9B">
+    <w:p w14:paraId="69A05FA3" w14:textId="1C3A94EB" w:rsidR="00013DBD" w:rsidRPr="003C4022" w:rsidRDefault="00234419" w:rsidP="00573D9B">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For Schools in NORTH </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(covering Caithness and Sutherland)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, please submit to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9230B3" w14:textId="2C25DF8D" w:rsidR="00234419" w:rsidRPr="00B91FC2" w:rsidRDefault="00C25831" w:rsidP="00234419">
+    <w:p w14:paraId="1E9230B3" w14:textId="16FE164A" w:rsidR="00234419" w:rsidRPr="00B91FC2" w:rsidRDefault="00C25831" w:rsidP="00234419">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A7AD6">
+      <w:r w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Placing Requests, </w:t>
       </w:r>
-      <w:r w:rsidR="00C933E9" w:rsidRPr="000A7AD6">
+      <w:r w:rsidR="00C933E9" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>North Area Education and Learning Office, Drummuie, Golspie, Sutherland, KW10 6TA</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F154E2">
+        <w:t xml:space="preserve">North Area Education and Learning Office, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C933E9" w:rsidRPr="003C4022">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Drummuie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C933E9" w:rsidRPr="003C4022">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, Golspie, Sutherland, KW10 6TA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7CF4BB" w14:textId="77777777" w:rsidR="009B0756" w:rsidRDefault="009B0756" w:rsidP="00687A04">
       <w:pPr>
         <w:spacing w:before="360" w:after="0"/>
         <w:ind w:left="0" w:right="326"/>
       </w:pPr>
       <w:r w:rsidRPr="009B0756">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Data Protection</w:t>
       </w:r>
       <w:r w:rsidRPr="009B0756">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– Please also see </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="009B0756">
@@ -7019,83 +7083,83 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="1FCFF0BB" id="Straight Connector 2950" o:spid="_x0000_s1026" style="position:absolute;z-index:251782144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-18pt,9.8pt" to="574.2pt,9.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1fM7TsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vsgJdjXi9KFF+1Js&#10;xS4foMpULEASBUmNnb8fpSR2sQ4YNuyFFimeQ/KI3l5NzrIDxGTQd3y9ajgDr7A3ft/xH99v33zk&#10;LGXpe2nRQ8ePkPjV7vWr7Rha2OCAtofIiMSndgwdH3IOrRBJDeBkWmEAT5cao5OZ3LgXfZQjsTsr&#10;Nk3zXowY+xBRQUoUvTld8l3l1xpU/qJ1gsxsx6m3XG2s9rFYsdvKdh9lGIw6tyH/oQsnjaeiM9WN&#10;zJI9RfOCyhkVMaHOK4VOoNZGQZ2Bplk3v0zzbZAB6iwkTgqzTOn/0arPh2v/EEmGMaQ2hYdYpph0&#10;dOVL/bGpinWcxYIpM0XBD+82zae3pKm63IkFGGLKd4COlUPHrfFlDtnKw33KVIxSLyklbH2xCa3p&#10;b4211SkbANc2soOkt8vTurwV4Z5lkVeQYmm9nvLRwon1K2hmemp2XavXrVo4pVLg84XXesouME0d&#10;zMDmz8BzfoFC3bi/Ac+IWhl9nsHOeIy/q75IoU/5FwVOcxcJHrE/1ket0tDqVOXOa15287lf4cvP&#10;uPsJAAD//wMAUEsDBBQABgAIAAAAIQDCSyY33wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcGLtJvaGmrMpkigFw+CjRSP2+w0G8zOhuy0Sf+9Wzzocd57vPlevplcJ844hNaT&#10;gsU8AYFUe9NSo+Cz2s7WIAJrMrrzhAouGGBT3N7kOjN+pA8877gRsYRCphVY5j6TMtQWnQ5z3yNF&#10;7+gHpzmeQyPNoMdY7jr5mCSpdLql+MHqHkuL9ffu5BR8NQ/L7b6iaiz5/Zja6bJ/eyqVur+bXl9A&#10;ME78F4YrfkSHIjId/IlMEJ2C2TKNWzgazymIa2CxWq9AHH4VWeTy/4TiBwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHV8ztOxAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMJLJjffAAAACgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+              <v:line w14:anchorId="4EB9D406" id="Straight Connector 2950" o:spid="_x0000_s1026" style="position:absolute;z-index:251782144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-18pt,9.8pt" to="574.2pt,9.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1fM7TsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vsgJdjXi9KFF+1Js&#10;xS4foMpULEASBUmNnb8fpSR2sQ4YNuyFFimeQ/KI3l5NzrIDxGTQd3y9ajgDr7A3ft/xH99v33zk&#10;LGXpe2nRQ8ePkPjV7vWr7Rha2OCAtofIiMSndgwdH3IOrRBJDeBkWmEAT5cao5OZ3LgXfZQjsTsr&#10;Nk3zXowY+xBRQUoUvTld8l3l1xpU/qJ1gsxsx6m3XG2s9rFYsdvKdh9lGIw6tyH/oQsnjaeiM9WN&#10;zJI9RfOCyhkVMaHOK4VOoNZGQZ2Bplk3v0zzbZAB6iwkTgqzTOn/0arPh2v/EEmGMaQ2hYdYpph0&#10;dOVL/bGpinWcxYIpM0XBD+82zae3pKm63IkFGGLKd4COlUPHrfFlDtnKw33KVIxSLyklbH2xCa3p&#10;b4211SkbANc2soOkt8vTurwV4Z5lkVeQYmm9nvLRwon1K2hmemp2XavXrVo4pVLg84XXesouME0d&#10;zMDmz8BzfoFC3bi/Ac+IWhl9nsHOeIy/q75IoU/5FwVOcxcJHrE/1ket0tDqVOXOa15287lf4cvP&#10;uPsJAAD//wMAUEsDBBQABgAIAAAAIQDCSyY33wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvgv9hGcGLtJvaGmrMpkigFw+CjRSP2+w0G8zOhuy0Sf+9Wzzocd57vPlevplcJ844hNaT&#10;gsU8AYFUe9NSo+Cz2s7WIAJrMrrzhAouGGBT3N7kOjN+pA8877gRsYRCphVY5j6TMtQWnQ5z3yNF&#10;7+gHpzmeQyPNoMdY7jr5mCSpdLql+MHqHkuL9ffu5BR8NQ/L7b6iaiz5/Zja6bJ/eyqVur+bXl9A&#10;ME78F4YrfkSHIjId/IlMEJ2C2TKNWzgazymIa2CxWq9AHH4VWeTy/4TiBwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAHV8ztOxAQAA1AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMJLJjffAAAACgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3213]" strokeweight=".5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="009B0756" w:rsidRPr="00D36D56">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">FOR </w:t>
       </w:r>
       <w:r w:rsidR="00C12197" w:rsidRPr="00D36D56">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">AREA </w:t>
       </w:r>
       <w:r w:rsidR="009B0756" w:rsidRPr="00D36D56">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>OFFICE USE ONLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F7CF4BF" w14:textId="12281294" w:rsidR="009B0756" w:rsidRDefault="005F7EC6" w:rsidP="005F7EC6">
+    <w:p w14:paraId="6F7CF4BF" w14:textId="72EC9B3C" w:rsidR="009B0756" w:rsidRDefault="005F7EC6" w:rsidP="005F7EC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5529"/>
           <w:tab w:val="left" w:pos="9214"/>
           <w:tab w:val="left" w:pos="10206"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="79" w:hanging="11"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251864064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685736D9" wp14:editId="134D34DA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1316990</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>34290</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2127250" cy="215900"/>
@@ -7173,82 +7237,87 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="685736D9" id="Text Box 64" o:spid="_x0000_s1073" type="#_x0000_t202" style="position:absolute;margin-left:103.7pt;margin-top:2.7pt;width:167.5pt;height:17pt;z-index:251864064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFHY+u1AIAADsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+2kSR9BnSJrkWFA&#10;0RZNh54VWY6FypImKbGzX19Sdpxk7aXDcnBE8SHy40deXTeVIhvhvDQ6o4OTlBKhucmlXmX01/P8&#10;2wUlPjCdM2W0yOhWeHo9/frlqrYTMTSlUblwBIJoP6ltRssQ7CRJPC9FxfyJsUKDsjCuYgFEt0py&#10;x2qIXqlkmKZnSW1cbp3hwnu4vW2VdBrjF4Xg4aEovAhEZRRyC/Hr4neJ32R6xSYrx2wpeZcG+4cs&#10;KiY1PNqHumWBkbWT70JVkjvjTRFOuKkSUxSSi1gDVDNI/6pmUTIrYi0Ajrc9TP7/heX3m4V9dCQ0&#10;300DDURAausnHi6xnqZwFf5DpgT0AOG2h000gXC4HA6G58MxqDjohoPxZRpxTfbe1vnwQ5iK4CGj&#10;DtoS0WKbOx/gRTDdmeBj3iiZz6VSUUAqiBvlyIZBE1WIOYLHkZXSpM7o2Smk8S4Chu79l4rxV6zy&#10;OAJISqOniKSBtFAw6yDcosxrslRr98TyjI7TCyiP5BILOb0YtAIwajxK8UcJUysYhUCJM+FFhjJ2&#10;EUHDiB/kgtdM2ZK1BcYwXYKddUy2zyVKB2km+37FU9gqgTGVfhIFkXlsG17EodojyTgXukczWqNV&#10;Abh/xrGzR9c2qc849x7xZaND71xJbVzby2MC5K87AhStPeBxUDceQ7NsoPCMjs53fF6afAs0h5ZE&#10;EnvL5xJoccd8eGQORh4aB2ssPMCnUAa4ZLoTJaVxfz66R3uYRNBSUsMKyaj/vWZOUKJ+apjRy8Fo&#10;BGFDFEbj8yEI7lCzPNTodXVjgOADWJiWxyPaB7U7Fs5UL7DtZvgqqJjm8HZkWnu8Ce1ig23JxWwW&#10;jWDLWBbu9MJyDI0wI6memxfmbDeOAQb53uyWDZDxeCpbW/T0drYOZi7jyCLQLapdA2BDRWp22xRX&#10;4KEcrfY7f/oGAAD//wMAUEsDBBQABgAIAAAAIQBlIwGD3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqN3gQgnZVKhSz0Aodzc2cVT/RLHbhD49ywlOu6sZzX5TbWbv2NmM&#10;qY8BYbkQwExoo+5Dh7D/2N2tgaWsglYuBoPwbRJs6uurSpU6TuHdnJvcMQoJqVQINueh5Dy11niV&#10;FnEwgbSvOHqV6Rw7rkc1Ubh3vBDigXvVB/pg1WC21rTH5uQR3o7N9nW9X1p5kYPfNdldxPSJeHsz&#10;vzwDy2bOf2b4xSd0qInpEE9BJ+YQCvEoyYqwokH6Sha0HBDunyTwuuL/C9Q/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAEUdj67UAgAAOwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAGUjAYPcAAAACAEAAA8AAAAAAAAAAAAAAAAALgUAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA3BgAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin=",-.5" offset="0,3pt"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="3674E1E6" w14:textId="77777777" w:rsidR="005F7EC6" w:rsidRDefault="005F7EC6" w:rsidP="005F7EC6">
                       <w:pPr>
                         <w:ind w:right="-105"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003C54C5">
         <w:t>Date and time Received</w:t>
       </w:r>
       <w:r w:rsidR="009B0756">
         <w:tab/>
-        <w:t>Have the above details been processed?</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Have the above details been </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B0756">
+        <w:t>processed?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003C54C5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B0756" w:rsidRPr="00043AD4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>YES</w:t>
       </w:r>
       <w:r w:rsidRPr="005F7EC6">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="32"/>
           </w:rPr>
           <w:id w:val="30083303"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00756430">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="32"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009B0756">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B0756" w:rsidRPr="00043AD4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NO</w:t>
       </w:r>
       <w:r w:rsidRPr="005F7EC6">
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
@@ -7262,65 +7331,79 @@
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="32"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6F7CF4C1" w14:textId="103EF83B" w:rsidR="008364A0" w:rsidRDefault="003C54C5" w:rsidP="00043AD4">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="261" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>To the Area Education</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00514620">
+        <w:t xml:space="preserve">To the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; Learning</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Area Education</w:t>
+      </w:r>
+      <w:r w:rsidR="00514620" w:rsidRPr="00D676F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Manager: </w:t>
+        <w:t xml:space="preserve"> &amp; Learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D676F5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Manager:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7CF4C3" w14:textId="3DD5D621" w:rsidR="00043AD4" w:rsidRDefault="003C54C5" w:rsidP="005F7EC6">
       <w:pPr>
         <w:ind w:left="0" w:right="326"/>
       </w:pPr>
       <w:r>
         <w:t>Please view the application above</w:t>
       </w:r>
       <w:r w:rsidR="003852C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and provide reasoning for your acceptance or refusal bel</w:t>
       </w:r>
       <w:r w:rsidR="00043AD4">
         <w:t>ow</w:t>
       </w:r>
@@ -7647,293 +7730,307 @@
                         <w:ind w:right="-105"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00043AD4">
         <w:t>Additional Notes</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00043AD4" w:rsidRPr="00043AD4" w:rsidSect="00C95234">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="386" w:right="386" w:bottom="386" w:left="386" w:header="397" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63638133" w14:textId="77777777" w:rsidR="00523C5E" w:rsidRDefault="00523C5E" w:rsidP="00D3359B">
+    <w:p w14:paraId="084BE9BD" w14:textId="77777777" w:rsidR="00060A1C" w:rsidRDefault="00060A1C" w:rsidP="00D3359B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AD4945D" w14:textId="77777777" w:rsidR="00523C5E" w:rsidRDefault="00523C5E" w:rsidP="00D3359B">
+    <w:p w14:paraId="76CF6020" w14:textId="77777777" w:rsidR="00060A1C" w:rsidRDefault="00060A1C" w:rsidP="00D3359B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F7CF552" w14:textId="77777777" w:rsidR="00C95234" w:rsidRPr="00D3359B" w:rsidRDefault="00C95234" w:rsidP="00C95234">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34DC5BF7" w14:textId="77777777" w:rsidR="00523C5E" w:rsidRDefault="00523C5E" w:rsidP="00D3359B">
+    <w:p w14:paraId="7B017317" w14:textId="77777777" w:rsidR="00060A1C" w:rsidRDefault="00060A1C" w:rsidP="00D3359B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77BC34A8" w14:textId="77777777" w:rsidR="00523C5E" w:rsidRDefault="00523C5E" w:rsidP="00D3359B">
+    <w:p w14:paraId="5476903E" w14:textId="77777777" w:rsidR="00060A1C" w:rsidRDefault="00060A1C" w:rsidP="00D3359B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008364A0"/>
     <w:rsid w:val="00013DBD"/>
     <w:rsid w:val="00043AD4"/>
+    <w:rsid w:val="00050B32"/>
+    <w:rsid w:val="00050C3F"/>
+    <w:rsid w:val="00060A1C"/>
     <w:rsid w:val="00071D1A"/>
     <w:rsid w:val="00074094"/>
-    <w:rsid w:val="000A7AD6"/>
+    <w:rsid w:val="00076327"/>
     <w:rsid w:val="000E5DF9"/>
     <w:rsid w:val="000F296A"/>
     <w:rsid w:val="00104709"/>
     <w:rsid w:val="001201B8"/>
     <w:rsid w:val="001225A8"/>
     <w:rsid w:val="00133E9A"/>
     <w:rsid w:val="0015470E"/>
+    <w:rsid w:val="00170B58"/>
     <w:rsid w:val="00180F71"/>
     <w:rsid w:val="00193FC1"/>
     <w:rsid w:val="001C62F9"/>
     <w:rsid w:val="00234419"/>
     <w:rsid w:val="002B5669"/>
     <w:rsid w:val="002D6B17"/>
     <w:rsid w:val="002E443D"/>
     <w:rsid w:val="002E463C"/>
-    <w:rsid w:val="002E5D6C"/>
+    <w:rsid w:val="0030568D"/>
     <w:rsid w:val="003409E2"/>
     <w:rsid w:val="003852C8"/>
     <w:rsid w:val="00385C59"/>
-    <w:rsid w:val="003A18EE"/>
+    <w:rsid w:val="003C4022"/>
     <w:rsid w:val="003C54C5"/>
     <w:rsid w:val="00457C3F"/>
+    <w:rsid w:val="004958C8"/>
+    <w:rsid w:val="004B3E13"/>
     <w:rsid w:val="004F60E7"/>
     <w:rsid w:val="004F7B77"/>
     <w:rsid w:val="00514620"/>
-    <w:rsid w:val="00523C5E"/>
     <w:rsid w:val="00573D9B"/>
+    <w:rsid w:val="0059453A"/>
     <w:rsid w:val="005E64E8"/>
     <w:rsid w:val="005F7EC6"/>
     <w:rsid w:val="00644502"/>
     <w:rsid w:val="00647673"/>
     <w:rsid w:val="00687A04"/>
     <w:rsid w:val="0069156E"/>
     <w:rsid w:val="006961FB"/>
     <w:rsid w:val="006B4091"/>
     <w:rsid w:val="006E7A02"/>
+    <w:rsid w:val="00756430"/>
     <w:rsid w:val="00781B96"/>
     <w:rsid w:val="00794F8A"/>
     <w:rsid w:val="007A009C"/>
     <w:rsid w:val="007A3075"/>
     <w:rsid w:val="007B3D58"/>
-    <w:rsid w:val="007C1118"/>
+    <w:rsid w:val="007C7C2F"/>
     <w:rsid w:val="008364A0"/>
-    <w:rsid w:val="008578D6"/>
-    <w:rsid w:val="00861695"/>
     <w:rsid w:val="009020E3"/>
+    <w:rsid w:val="0092327A"/>
     <w:rsid w:val="00943A21"/>
     <w:rsid w:val="009B0756"/>
-    <w:rsid w:val="009E299C"/>
+    <w:rsid w:val="009C00B2"/>
     <w:rsid w:val="00A6136D"/>
+    <w:rsid w:val="00A67B12"/>
     <w:rsid w:val="00AA1B77"/>
     <w:rsid w:val="00AC29FE"/>
     <w:rsid w:val="00B84A3D"/>
     <w:rsid w:val="00B91FC2"/>
     <w:rsid w:val="00BC191F"/>
+    <w:rsid w:val="00BC49D0"/>
     <w:rsid w:val="00C12197"/>
     <w:rsid w:val="00C25831"/>
     <w:rsid w:val="00C67CBB"/>
+    <w:rsid w:val="00C845E6"/>
     <w:rsid w:val="00C933E9"/>
     <w:rsid w:val="00C95234"/>
     <w:rsid w:val="00CB21DE"/>
+    <w:rsid w:val="00CC7029"/>
     <w:rsid w:val="00D3359B"/>
     <w:rsid w:val="00D36D56"/>
+    <w:rsid w:val="00D464C5"/>
     <w:rsid w:val="00D55EC6"/>
     <w:rsid w:val="00D62818"/>
+    <w:rsid w:val="00D676F5"/>
     <w:rsid w:val="00D7349F"/>
+    <w:rsid w:val="00D73EB2"/>
     <w:rsid w:val="00D93EFA"/>
     <w:rsid w:val="00DE0881"/>
     <w:rsid w:val="00DE4AF2"/>
+    <w:rsid w:val="00E50127"/>
     <w:rsid w:val="00E52F86"/>
     <w:rsid w:val="00E55C0E"/>
     <w:rsid w:val="00ED7597"/>
+    <w:rsid w:val="00EE39FF"/>
     <w:rsid w:val="00F072A4"/>
-    <w:rsid w:val="00F154E2"/>
     <w:rsid w:val="00F415B2"/>
     <w:rsid w:val="00F65E1D"/>
     <w:rsid w:val="00FA271E"/>
     <w:rsid w:val="00FB0507"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6F7CF48D"/>
   <w15:docId w15:val="{400C364D-FDD3-4BAA-96D4-8B2FD2EEC8E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8434,51 +8531,51 @@
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B0756"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00385C59"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="173225735">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1023701767">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8745,145 +8842,135 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Action_x002f_Check_x0020_By xmlns="4c519e81-3f11-4a37-86b8-6d699ddcb090">
+      <Value>Sandra Reynolds</Value>
+      <Value>Laura Husher</Value>
+    </Action_x002f_Check_x0020_By>
+    <Stageofprocess xmlns="4c519e81-3f11-4a37-86b8-6d699ddcb090">FINAL</Stageofprocess>
+    <Notes xmlns="4c519e81-3f11-4a37-86b8-6d699ddcb090">Area Education Offices and AEM detail to be changed on pg 2.  Checked.  08/01/2026 SR: AEM left generic and area offices unchanged as BS will continue to process forms.</Notes>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <xsd:import namespace="774d3ec8-977f-47ff-82b3-8764068b1a31"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005DC96928633B374B955644413EDCD4E2" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="de5be1e63ba0f497c8d7fa053533e659">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c519e81-3f11-4a37-86b8-6d699ddcb090" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93b7d7eff06622a72a131b02d772513a" ns2:_="">
+    <xsd:import namespace="4c519e81-3f11-4a37-86b8-6d699ddcb090"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Stageofprocess" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Action_x002f_Check_x0020_By" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="774d3ec8-977f-47ff-82b3-8764068b1a31" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4c519e81-3f11-4a37-86b8-6d699ddcb090" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Stageofprocess" ma:index="8" nillable="true" ma:displayName="Stage of process" ma:format="Dropdown" ma:internalName="Stageofprocess">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Draft"/>
           <xsd:enumeration value="FINAL"/>
           <xsd:enumeration value="Info needing checked"/>
           <xsd:enumeration value="Sent for translating"/>
           <xsd:enumeration value="Ready for check/sign-off by Ros"/>
           <xsd:enumeration value="Reference"/>
           <xsd:enumeration value="Sent to Catering for checking"/>
           <xsd:enumeration value="Sent for info checking"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="Action_x002f_Check_x0020_By" ma:index="13" nillable="true" ma:displayName="Action/Check By" ma:format="Dropdown" ma:internalName="Action_x002f_Check_x0020_By">
+    <xsd:element name="Action_x002f_Check_x0020_By" ma:index="9" nillable="true" ma:displayName="Action/Check By" ma:format="Dropdown" ma:internalName="Action_x002f_Check_x0020_By">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoice">
             <xsd:sequence>
               <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
                 <xsd:simpleType>
                   <xsd:restriction base="dms:Choice">
-                    <xsd:enumeration value="Ros"/>
+                    <xsd:enumeration value="Lou Kinnear"/>
                     <xsd:enumeration value="Catering Team (Brid McKibben)"/>
-                    <xsd:enumeration value="Gaelic Team (Margaret McConnell)"/>
-                    <xsd:enumeration value="Lena"/>
+                    <xsd:enumeration value="Gaelic Team (Eoina Rodgers/Louise Holling)"/>
+                    <xsd:enumeration value="Lena Walker"/>
                     <xsd:enumeration value="Transport"/>
                     <xsd:enumeration value="Jane"/>
                     <xsd:enumeration value="Jo MacDonald"/>
-                    <xsd:enumeration value="Ian Jackson"/>
-                    <xsd:enumeration value="Laura"/>
+                    <xsd:enumeration value="Derek Martin"/>
+                    <xsd:enumeration value="Laura Husher"/>
+                    <xsd:enumeration value="Sandra Reynolds"/>
                   </xsd:restriction>
                 </xsd:simpleType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="Notes" ma:index="14" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
+    <xsd:element name="Notes" ma:index="10" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
@@ -8946,120 +9033,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17C173B8-CB6C-47ED-942F-C9ED0E3BEDF8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="4c519e81-3f11-4a37-86b8-6d699ddcb090"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71D73663-F9E6-4028-9729-57411DCE365C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17C173B8-CB6C-47ED-942F-C9ED0E3BEDF8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AFB168-97F0-4D28-9CFE-7BE78556BAD0}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="4c519e81-3f11-4a37-86b8-6d699ddcb090"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="774d3ec8-977f-47ff-82b3-8764068b1a31"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>721</Words>
-  <Characters>4111</Characters>
+  <Words>737</Words>
+  <Characters>3720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fujitsu</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4823</CharactersWithSpaces>
+  <CharactersWithSpaces>4430</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jane McAllister</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101004779ED2778C75B49A6DB670B86A76957</vt:lpwstr>
+    <vt:lpwstr>0x0101005DC96928633B374B955644413EDCD4E2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>9be1156a-2603-4f96-a1d5-6ee3d0b2a89c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Project">
     <vt:lpwstr>Enrolment 2020-21</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>