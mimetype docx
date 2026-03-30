--- v0 (2026-02-17)
+++ v1 (2026-03-30)
@@ -1,78 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4C580637" w14:textId="0532A102" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00C33E7F" w:rsidP="00FA1E61">
+    <w:p w14:paraId="52476BAC" w14:textId="4D5F3F25" w:rsidR="00455AD1" w:rsidRPr="00455AD1" w:rsidRDefault="00455AD1" w:rsidP="00455AD1">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000006A7">
+      <w:r w:rsidRPr="00455AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2753BB5B" wp14:editId="087BD9AF">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-635</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>231775</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1105535" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="340669614" name="Picture 2" descr="A rectangular logo with a white background. On the left is a stylized geometric thistle made from purple triangular shapes arranged into a diamond-like cluster with a pointed base. To the right, there are two lines of text: the top line reads “The Highland Council” in purple; the line beneath is the Gaelic translation, “Comhairle na Gàidhealtachd,” in green. Thin green lines frame parts of the text. The overall look is clean and official, representing the local authority for the Highland area of Scotland and highlighting bilingual English–Gaelic branding."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="340669614" name="Picture 2" descr="A rectangular logo with a white background. On the left is a stylized geometric thistle made from purple triangular shapes arranged into a diamond-like cluster with a pointed base. To the right, there are two lines of text: the top line reads “The Highland Council” in purple; the line beneath is the Gaelic translation, “Comhairle na Gàidhealtachd,” in green. Thin green lines frame parts of the text. The overall look is clean and official, representing the local authority for the Highland area of Scotland and highlighting bilingual English–Gaelic branding."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1105535" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00C33E7F" w:rsidRPr="000006A7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59EA2FB8" wp14:editId="46389ED8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59EA2FB8" wp14:editId="506AA92F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1143000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="800100"/>
                 <wp:effectExtent l="6985" t="9525" r="12065" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1790559450" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5257800" cy="800100"/>
                         </a:xfrm>
@@ -82,113 +147,89 @@
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000080"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="5DDCACB5" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00AE1944" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:sz w:val="10"/>
                                 <w:szCs w:val="10"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="75DA883F" w14:textId="7469ACAE" w:rsidR="00FA1E61" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
+                          <w:p w14:paraId="75DA883F" w14:textId="403A7D14" w:rsidR="00FA1E61" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006C527E">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="000080"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Application </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="000080"/>
                               </w:rPr>
                               <w:t>f</w:t>
                             </w:r>
                             <w:r w:rsidRPr="006C527E">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="000080"/>
                               </w:rPr>
                               <w:t xml:space="preserve">or </w:t>
                             </w:r>
-                            <w:r w:rsidR="001061B7">
-[...6 lines deleted...]
-                            </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="000080"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">rection of </w:t>
-[...15 lines deleted...]
-                              <w:t>anner</w:t>
+                              <w:t>Erection of Banner</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5BA9D9B0" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000080"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="1E111812" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:color w:val="000080"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00612DDF">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
@@ -228,113 +269,89 @@
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="59EA2FB8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:90pt;margin-top:0;width:414pt;height:63pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyQHZqFAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mrlm1R02l0FCGN&#10;gTT4AY7jJBaOz5zdJuXXc3bargPxgsiDdZc7f3f33efV7dAZtlfoNdiCzyZTzpSVUGnbFPzb1+2b&#10;a858ELYSBqwq+EF5frt+/WrVu1zNoQVTKWQEYn3eu4K3Ibg8y7xsVSf8BJyyFKwBOxHIxSarUPSE&#10;3plsPp2+zXrAyiFI5T39vR+DfJ3w61rJ8LmuvQrMFJx6C+nEdJbxzNYrkTcoXKvlsQ3xD110Qlsq&#10;eoa6F0GwHeo/oDotETzUYSKhy6CutVRpBppmNv1tmqdWOJVmIXK8O9Pk/x+sfNw/uS/IwvAOBlpg&#10;GsK7B5DfPbOwaYVt1B0i9K0SFRWeRcqy3vn8eDVS7XMfQcr+E1S0ZLELkICGGrvICs3JCJ0WcDiT&#10;robAJP1czpdX11MKSYqRMSM7lhD56bZDHz4o6Fg0Co601IQu9g8+jKmnlFjMg9HVVhuTHGzKjUG2&#10;FySAbfqO6C/SjGV9wW+ol5GAv0JM6bs+NfgCotOBlGx0l6agtFFbkbb3tko6C0Kb0abpjD3yGKkb&#10;SQxDOVBi5LOE6kCMIoyKpRdGRgv4k7Oe1Fpw/2MnUHFmPlrays1ssYjyTs5ieTUnBy8j5WVEWElQ&#10;BQ+cjeYmjE9i51A3LVUadWDhjjZZ60Tyc1fHvkmRaU3H1xMlf+mnrOc3vv4FAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBVGVhB2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/RSsNAEHwX/IdjBd/snaWt&#10;IeZSRBRRrGhbfL4maxK82wu5bRv/3u2TviwzzDA7UyzH4NUBh9RFsnA9MaCQqlh31FjYbh6vMlCJ&#10;HdXOR0ILP5hgWZ6fFS6v45E+8LDmRkkIpdxZaJn7XOtUtRhcmsQeSbSvOATHQodG14M7SnjwemrM&#10;QgfXkXxoXY/3LVbf632w4OfPzWt68PPZC8/059vT6obf2drLi/HuFhTjyH9mONWX6lBKp13cU52U&#10;F54Z2cIW5J5kYzJBO0HThQFdFvr/gvIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAskB2&#10;ahQCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;VRlYQdsAAAAJAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" strokecolor="navy">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5DDCACB5" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00AE1944" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:sz w:val="10"/>
                           <w:szCs w:val="10"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="75DA883F" w14:textId="7469ACAE" w:rsidR="00FA1E61" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
+                    <w:p w14:paraId="75DA883F" w14:textId="403A7D14" w:rsidR="00FA1E61" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006C527E">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Application </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
                         <w:t>f</w:t>
                       </w:r>
                       <w:r w:rsidRPr="006C527E">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
                         <w:t xml:space="preserve">or </w:t>
                       </w:r>
-                      <w:r w:rsidR="001061B7">
-[...6 lines deleted...]
-                      </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">rection of </w:t>
-[...15 lines deleted...]
-                        <w:t>anner</w:t>
+                        <w:t>Erection of Banner</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5BA9D9B0" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="1E111812" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00612DDF">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
@@ -344,121 +361,83 @@
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
                         <w:t>otland</w:t>
                       </w:r>
                       <w:r w:rsidR="00D35A42">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:color w:val="000080"/>
                         </w:rPr>
                         <w:t>) Act 1984 Section 90</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="000006A7">
+    </w:p>
+    <w:p w14:paraId="4C580637" w14:textId="18FA941E" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:drawing>
-[...47 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="67F34B4A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+    <w:p w14:paraId="7B9C3184" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00455AD1">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B9C3184" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+    <w:p w14:paraId="3A88BE88" w14:textId="77777777" w:rsidR="00455AD1" w:rsidRDefault="00455AD1" w:rsidP="00455AD1">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF5DD70" w14:textId="77777777" w:rsidR="00455AD1" w:rsidRPr="000006A7" w:rsidRDefault="00455AD1" w:rsidP="00455AD1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32249AC7" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -514,51 +493,50 @@
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3FDCFD75" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="000006A7" w:rsidRDefault="00792B0A" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="25104EE6" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="412ABF01" w14:textId="7D30FD6D" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00792B0A" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00FA1E61" w:rsidRPr="000006A7">
               <w:rPr>
@@ -619,51 +597,50 @@
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62E5CDAD" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="7EE338F2" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DAF9A5A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -721,51 +698,50 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BC2E54A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="2B2F7F9B" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E0C9FDC" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2217" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -814,51 +790,50 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E4EAC28" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="4031A1F8" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="583F2790" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2217" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -906,51 +881,50 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00CFD52C" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="54E29E5E" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B1F8EA5" w14:textId="5E3B950E" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Post</w:t>
             </w:r>
             <w:r w:rsidR="00792B0A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -1018,51 +992,50 @@
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="272516A6" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D35A42" w:rsidRPr="000006A7" w14:paraId="326AF693" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14E2619B" w14:textId="0B37425D" w:rsidR="00D35A42" w:rsidRPr="000006A7" w:rsidRDefault="00D35A42" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r w:rsidR="00792B0A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -1076,51 +1049,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7162" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4BC72889" w14:textId="77777777" w:rsidR="00D35A42" w:rsidRPr="000006A7" w:rsidRDefault="00D35A42" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="5F08013D" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C8220F8" w14:textId="5ED59457" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1170,51 +1142,50 @@
           <w:tcPr>
             <w:tcW w:w="2365" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69CC55E4" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="6A669A8E" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51247333" w14:textId="12714695" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00792B0A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -1239,51 +1210,50 @@
           <w:tcPr>
             <w:tcW w:w="7162" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7E6456E5" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D35A42" w:rsidRPr="000006A7" w14:paraId="61DE9EEF" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D443417" w14:textId="3C55AAC1" w:rsidR="00D35A42" w:rsidRPr="000006A7" w:rsidRDefault="00D35A42" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Out of </w:t>
             </w:r>
             <w:r w:rsidR="00792B0A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -1348,51 +1318,50 @@
           <w:p w14:paraId="3C8F55E2" w14:textId="77777777" w:rsidR="00D35A42" w:rsidRPr="000006A7" w:rsidRDefault="00D35A42" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D35A42" w:rsidRPr="000006A7" w14:paraId="097E9088" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34841CE1" w14:textId="0CC97C52" w:rsidR="00D35A42" w:rsidRPr="00F62AE5" w:rsidRDefault="00D35A42" w:rsidP="00D90633">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Out of </w:t>
             </w:r>
             <w:r w:rsidR="00792B0A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -1458,51 +1427,50 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B54A659" w14:textId="77777777" w:rsidR="00D35A42" w:rsidRPr="000006A7" w:rsidRDefault="00D35A42" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009203A7" w:rsidRPr="000006A7" w14:paraId="0E84D424" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:trPr>
           <w:trHeight w:val="582"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="577B6FF8" w14:textId="33B56F69" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Address or </w:t>
             </w:r>
             <w:r w:rsidR="00792B0A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -1570,51 +1538,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7162" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="358370A2" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="000006A7" w14:paraId="23412A91" w14:textId="77777777" w:rsidTr="00B3748A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18CB2207" w14:textId="0C5408AD" w:rsidR="00792B0A" w:rsidRPr="000006A7" w:rsidRDefault="00792B0A" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Start </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -1636,51 +1603,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7162" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2240992D" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="000006A7" w:rsidRDefault="00792B0A" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="000006A7" w14:paraId="225384D6" w14:textId="77777777" w:rsidTr="00F74388">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="774D551B" w14:textId="2EBBFEF6" w:rsidR="00792B0A" w:rsidRPr="000006A7" w:rsidRDefault="00792B0A" w:rsidP="00453F22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000006A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">End </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -2057,138 +2023,134 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8039" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5B5E65CF" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="006F033A" w:rsidRDefault="00792B0A" w:rsidP="00453F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="006F033A" w14:paraId="6D706D6F" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FE3FB2E" w14:textId="3D38BD25" w:rsidR="00FA1E61" w:rsidRPr="006F033A" w:rsidRDefault="00792B0A" w:rsidP="00453F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00FA1E61" w:rsidRPr="006F033A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ignature</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="182808FA" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="006F033A" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8039" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52ED1CA3" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="006F033A" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA1E61" w:rsidRPr="006F033A" w14:paraId="5873CB89" w14:textId="77777777" w:rsidTr="00792B0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D231B76" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="006F033A" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F033A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8039" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16E13325" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="006F033A" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D543057" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2272,51 +2234,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="04CC40A0" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="746495E4" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B9A97EA" w14:textId="535CA675" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Application </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
@@ -2327,558 +2288,541 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">eceived </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05965C6E" w14:textId="0532BEE4" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="2C2AA1EF" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02E5FF75" w14:textId="6ABF0851" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Permit number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E3B1894" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="3521AAC1" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51D732EE" w14:textId="797DDAE6" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Permission </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ranted</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2936C49E" w14:textId="59ECF58A" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / n</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="611BBF38" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67A08148" w14:textId="75E3C33F" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Start </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BAB990F" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="08431203" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CBCEAF8" w14:textId="0B97F344" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">End </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="494F74DD" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="39FC19A7" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0083C155" w14:textId="2A60E423" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Fee </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ayable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44458495" w14:textId="05A4B70B" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / n</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="124E844A" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1770E720" w14:textId="75075E5C" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Receipt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18E48853" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="78210830" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="606F0FF4" w14:textId="633DBAF0" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Amount </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4987C1C2" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w14:paraId="6C76F90C" w14:textId="77777777" w:rsidTr="00EC30F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48F60B16" w14:textId="7EB873CA" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Payment </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00B24F8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7499" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E9104EF" w14:textId="77777777" w:rsidR="00792B0A" w:rsidRPr="00B24F8F" w:rsidRDefault="00792B0A" w:rsidP="00FA1E61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05D51097" w14:textId="70B6911A" w:rsidR="00FE09D7" w:rsidRDefault="00FE09D7" w:rsidP="00FE09D7"/>
     <w:sectPr w:rsidR="00FE09D7" w:rsidSect="0008551A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="360" w:right="851" w:bottom="899" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A3D7A37" w14:textId="77777777" w:rsidR="00035B2B" w:rsidRDefault="00035B2B">
+    <w:p w14:paraId="5BCCC76C" w14:textId="77777777" w:rsidR="00163ADE" w:rsidRDefault="00163ADE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44A80534" w14:textId="77777777" w:rsidR="00035B2B" w:rsidRDefault="00035B2B">
+    <w:p w14:paraId="047EF6B6" w14:textId="77777777" w:rsidR="00163ADE" w:rsidRDefault="00163ADE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2912,58 +2856,58 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D15205D" w14:textId="77777777" w:rsidR="00035B2B" w:rsidRDefault="00035B2B">
+    <w:p w14:paraId="252523C1" w14:textId="77777777" w:rsidR="00163ADE" w:rsidRDefault="00163ADE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D9DFD44" w14:textId="77777777" w:rsidR="00035B2B" w:rsidRDefault="00035B2B">
+    <w:p w14:paraId="5ACA1A48" w14:textId="77777777" w:rsidR="00163ADE" w:rsidRDefault="00163ADE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57B043CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54E0ACCA"/>
     <w:lvl w:ilvl="0" w:tplc="5A9CAEE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -3220,133 +3164,135 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001850F2"/>
     <w:rsid w:val="000006A7"/>
     <w:rsid w:val="000047B2"/>
+    <w:rsid w:val="00010C08"/>
     <w:rsid w:val="00011BA1"/>
     <w:rsid w:val="000278EC"/>
     <w:rsid w:val="00034C44"/>
-    <w:rsid w:val="00035B2B"/>
     <w:rsid w:val="000802BB"/>
     <w:rsid w:val="000807E2"/>
     <w:rsid w:val="0008551A"/>
     <w:rsid w:val="00087132"/>
     <w:rsid w:val="000A1F1C"/>
     <w:rsid w:val="000F248E"/>
     <w:rsid w:val="000F3BEE"/>
     <w:rsid w:val="001026B5"/>
     <w:rsid w:val="0010346F"/>
-    <w:rsid w:val="001061B7"/>
     <w:rsid w:val="00106C7C"/>
     <w:rsid w:val="001158E2"/>
     <w:rsid w:val="00120F4D"/>
     <w:rsid w:val="00126CB0"/>
     <w:rsid w:val="00163ADE"/>
     <w:rsid w:val="00176AA5"/>
     <w:rsid w:val="001850F2"/>
     <w:rsid w:val="00185D7A"/>
     <w:rsid w:val="001D39D3"/>
     <w:rsid w:val="001E34CE"/>
     <w:rsid w:val="001E51C5"/>
     <w:rsid w:val="002122B1"/>
     <w:rsid w:val="00235039"/>
     <w:rsid w:val="00264BCF"/>
     <w:rsid w:val="0027417A"/>
     <w:rsid w:val="002962A0"/>
+    <w:rsid w:val="002B694B"/>
     <w:rsid w:val="002D0D14"/>
     <w:rsid w:val="002D1008"/>
     <w:rsid w:val="002D1206"/>
     <w:rsid w:val="00315CE1"/>
     <w:rsid w:val="00330C05"/>
     <w:rsid w:val="003466AB"/>
     <w:rsid w:val="00397215"/>
     <w:rsid w:val="003A0E10"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003C7455"/>
     <w:rsid w:val="004263F8"/>
     <w:rsid w:val="00443DE2"/>
     <w:rsid w:val="00444DFA"/>
     <w:rsid w:val="00453F22"/>
+    <w:rsid w:val="00455AD1"/>
     <w:rsid w:val="004E1664"/>
     <w:rsid w:val="004E3F03"/>
     <w:rsid w:val="00510E94"/>
     <w:rsid w:val="00521109"/>
     <w:rsid w:val="00534205"/>
     <w:rsid w:val="00540759"/>
     <w:rsid w:val="00566A70"/>
     <w:rsid w:val="00587C7F"/>
     <w:rsid w:val="005E0AD4"/>
     <w:rsid w:val="00661AFD"/>
     <w:rsid w:val="0069577B"/>
     <w:rsid w:val="006B386C"/>
     <w:rsid w:val="006F033A"/>
     <w:rsid w:val="006F3C5D"/>
     <w:rsid w:val="00792B0A"/>
+    <w:rsid w:val="0079419A"/>
     <w:rsid w:val="007C5C48"/>
     <w:rsid w:val="007F4A4A"/>
     <w:rsid w:val="007F7275"/>
     <w:rsid w:val="0082685A"/>
     <w:rsid w:val="008B66BB"/>
     <w:rsid w:val="008F39EC"/>
     <w:rsid w:val="00907245"/>
     <w:rsid w:val="009203A7"/>
     <w:rsid w:val="00932ACB"/>
     <w:rsid w:val="009565CA"/>
     <w:rsid w:val="00965BD3"/>
     <w:rsid w:val="009837D5"/>
     <w:rsid w:val="009950C3"/>
     <w:rsid w:val="009A4AEB"/>
     <w:rsid w:val="009D3D85"/>
     <w:rsid w:val="009D7299"/>
     <w:rsid w:val="00A11503"/>
+    <w:rsid w:val="00A13CF0"/>
     <w:rsid w:val="00A3540F"/>
     <w:rsid w:val="00AB4374"/>
     <w:rsid w:val="00AD10DB"/>
     <w:rsid w:val="00AE7A51"/>
     <w:rsid w:val="00B24F8F"/>
     <w:rsid w:val="00B3079B"/>
-    <w:rsid w:val="00B34241"/>
     <w:rsid w:val="00B4437C"/>
     <w:rsid w:val="00B55FAC"/>
     <w:rsid w:val="00C10CB6"/>
     <w:rsid w:val="00C33E7F"/>
     <w:rsid w:val="00C62665"/>
     <w:rsid w:val="00C77615"/>
     <w:rsid w:val="00CE7E49"/>
     <w:rsid w:val="00D21B01"/>
     <w:rsid w:val="00D33766"/>
     <w:rsid w:val="00D35A42"/>
     <w:rsid w:val="00D46349"/>
     <w:rsid w:val="00D90633"/>
     <w:rsid w:val="00D934AB"/>
     <w:rsid w:val="00D97D2A"/>
     <w:rsid w:val="00E2396B"/>
     <w:rsid w:val="00E24C37"/>
     <w:rsid w:val="00E82787"/>
     <w:rsid w:val="00E936FA"/>
     <w:rsid w:val="00EC30F9"/>
     <w:rsid w:val="00EF6C14"/>
     <w:rsid w:val="00F2262E"/>
     <w:rsid w:val="00F35B75"/>
     <w:rsid w:val="00F52A10"/>
     <w:rsid w:val="00F67429"/>
     <w:rsid w:val="00F734BF"/>
@@ -3763,51 +3709,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00FA1E61"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4101,88 +4047,119 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Status xmlns="360140f8-0468-48bc-8a3a-f2fd56f93b8c">Current</Status>
     <Group xmlns="360140f8-0468-48bc-8a3a-f2fd56f93b8c">Council Webpages</Group>
     <Document_x0020_Type xmlns="360140f8-0468-48bc-8a3a-f2fd56f93b8c">Application Form</Document_x0020_Type>
-    <Year xmlns="360140f8-0468-48bc-8a3a-f2fd56f93b8c">2025/26</Year>
+    <Year xmlns="360140f8-0468-48bc-8a3a-f2fd56f93b8c">2025</Year>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="360140f8-0468-48bc-8a3a-f2fd56f93b8c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BFE04B8D5F85974F818FB6A03D2CDBA9" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ac8f06e5000b43b0708da9d041406542">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="360140f8-0468-48bc-8a3a-f2fd56f93b8c" xmlns:ns3="89b44844-f7a8-43bf-8910-957b726a602c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="76eefbbfc9591bdc55c17c04d631482f" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
+  <xsnLocation/>
+  <cached>True</cached>
+  <openByDefault>True</openByDefault>
+  <xsnScope/>
+</customXsn>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BFE04B8D5F85974F818FB6A03D2CDBA9" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="94d2d9b9e41d4b0499391a829c94b85c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="360140f8-0468-48bc-8a3a-f2fd56f93b8c" xmlns:ns3="89b44844-f7a8-43bf-8910-957b726a602c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0835233e8bf5bc5fd3644f24a26d38e2" ns2:_="" ns3:_="">
     <xsd:import namespace="360140f8-0468-48bc-8a3a-f2fd56f93b8c"/>
     <xsd:import namespace="89b44844-f7a8-43bf-8910-957b726a602c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Group" minOccurs="0"/>
                 <xsd:element ref="ns2:Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="360140f8-0468-48bc-8a3a-f2fd56f93b8c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Group" ma:index="8" nillable="true" ma:displayName="IT Topic" ma:format="Dropdown" ma:internalName="Group" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Asset Lists (incl hand held devices)"/>
           <xsd:enumeration value="Asset Management Database"/>
           <xsd:enumeration value="Vehicle Tracking (Masternaut)"/>
           <xsd:enumeration value="Icelert"/>
           <xsd:enumeration value="ICT/ Council Provider"/>
           <xsd:enumeration value="Council Webpages"/>
           <xsd:enumeration value="Twitter"/>
           <xsd:enumeration value="Other"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Year" ma:index="9" nillable="true" ma:displayName="Year" ma:description="Format = 2016/17" ma:internalName="Year" ma:readOnly="false">
@@ -4223,50 +4200,79 @@
     <xsd:element name="MediaServiceFastMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="bd8d7fc4-e056-491b-b14d-914997007d27" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="24" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="25" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89b44844-f7a8-43bf-8910-957b726a602c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -4355,166 +4361,162 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</FormTemplates>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4A27EF-FB37-4F66-AAC4-315A91A45271}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9C53EBD-5B43-4987-B6BC-AB0EB7CABC76}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="360140f8-0468-48bc-8a3a-f2fd56f93b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4A27EF-FB37-4F66-AAC4-315A91A45271}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D5FDD2B-8EAC-44CD-ADCF-3314DA80AAFB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2149FBB9-059F-4509-BDCD-88F11127A78D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41A82192-0016-414A-A5CE-7E5A13CF312F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27BF497A-626C-4FF4-BE89-1BB8EE49741B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="360140f8-0468-48bc-8a3a-f2fd56f93b8c"/>
     <ds:schemaRef ds:uri="89b44844-f7a8-43bf-8910-957b726a602c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41A82192-0016-414A-A5CE-7E5A13CF312F}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11CBEE29-2026-41CE-A969-5E1ADF5E72E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>154</Words>
-  <Characters>880</Characters>
+  <Words>149</Words>
+  <Characters>887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>THE HIGHLAND COUNCIL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fujitsu Services</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1032</CharactersWithSpaces>
+  <CharactersWithSpaces>993</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>THE HIGHLAND COUNCIL</dc:title>
   <dc:subject/>
   <dc:creator>paulined</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
     <vt:lpwstr>4300.00000000000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxCatchAll">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>Alison MacLeod - R&amp;T</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="display_urn:schemas-microsoft-com:office:office#Author">
     <vt:lpwstr>Alison MacLeod - R&amp;T</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x010100BFE04B8D5F85974F818FB6A03D2CDBA9</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>