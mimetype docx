--- v0 (2026-02-17)
+++ v1 (2026-03-30)
@@ -1,990 +1,1085 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6300F8C3" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="00C808B0">
+    <w:p w14:paraId="062C8C91" w14:textId="77777777" w:rsidR="00A94182" w:rsidRDefault="00C808B0" w:rsidP="212BA5C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="212BA5C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">COMMON GOOD ASSET REGISTER FOR THE </w:t>
+        <w:t>COMMON GOOD ASSET REGISTER FOR THE FORMER BURGH OF FORTROSE AND</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C808B0">
+      <w:r w:rsidR="3D467483" w:rsidRPr="212BA5C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>FORMER BURGH OF FORTROSE AND ROSEMARKIE</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C808B0">
+      <w:r w:rsidRPr="212BA5C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">                             </w:t>
+        <w:t>ROSEMARKIE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="212BA5C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6300F8C3" w14:textId="6590FC51" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="212BA5C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="212BA5C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3754401C" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="00C808B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-176" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9782"/>
-[...121 lines deleted...]
-      <w:tblGrid>
         <w:gridCol w:w="2978"/>
         <w:gridCol w:w="3305"/>
         <w:gridCol w:w="3499"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="5E4605E7" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="5AE8D238" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
+          </w:tcPr>
+          <w:p w14:paraId="362C41E6" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LAND AND BUILDINGS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="0DA7C44A" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
-[...61 lines deleted...]
-            </w:r>
+            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFEC193" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1835 General Report of the Commissioners into the State of Municipal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Corporations in Scotland</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reported that “the books and papers were in so much confusion that nothing accurate or certain could be learned”. However, copies of the Royal Charters have now been located at the National Archives of Scotland. They are the Charter for Fortrose by King James VI dated 6 August 1590 and the Charter for Fortrose &amp; Rosemarkie by King James VI dated 4 November 1592. Both were ratified by King Charles II on 20 May 1661. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30D59AFE" w14:textId="0E4803AA" w:rsidR="00716AEF" w:rsidRPr="00C808B0" w:rsidRDefault="00716AEF" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="41142DF6" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="5E4605E7" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5D55A5" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...14 lines deleted...]
-              <w:t>Chanonry Ness picnic area</w:t>
+          <w:p w14:paraId="7821FF54" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Name of asset</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAB75E7" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...47 lines deleted...]
-              <w:t>Located at the end of Ness Road at Chanonry Point, Fortrose. Adjacent to the Brahan Seer Monument and Chanonry Lighthouse.</w:t>
+          <w:p w14:paraId="4B4D3F6A" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0116566C" w14:textId="77777777" w:rsidR="00B77B15" w:rsidRDefault="00B77B15" w:rsidP="002531EB">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> as common good for time immemorial.</w:t>
+          <w:p w14:paraId="6D868FC2" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="15916AE9" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="41142DF6" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3414ED" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...15 lines deleted...]
-              <w:t>Easter Greengates footpath</w:t>
+          <w:p w14:paraId="3F5D55A5" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chanonry Ness picnic area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F13AAC7" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...47 lines deleted...]
-              <w:t>Path runs from Deans Road to Wester Greengates between Fortrose Academy and Academy playing fields and passed the Black Isle Leisure Centre, 7 Dolphin Drive and to the rear of houses on Lumsden Gardens.</w:t>
+          <w:p w14:paraId="7AAB75E7" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ness Road, Fortrose, IV10 8SD.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED70C64" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UPRN: 130142775.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B031A57" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Located at the end of Ness Road at Chanonry Point, Fortrose. Adjacent to the Brahan Seer Monument and Chanonry Lighthouse.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="160FDD38" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...47 lines deleted...]
-              <w:t>Believed to be the remains of an ancient “way” from Fortrose Cathedral to Chanonry Point.</w:t>
+          <w:p w14:paraId="0116566C" w14:textId="77777777" w:rsidR="00B77B15" w:rsidRDefault="00B77B15" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total area of 2930m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>²</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50FE2667" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>It is considered that title derives from the Royal Charters with the land having been held</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as common good for time immemorial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="6A09F5E9" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="15916AE9" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06BF3B19" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...15 lines deleted...]
-              <w:t>East Watergate</w:t>
+          <w:p w14:paraId="3E3414ED" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Easter </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Greengates</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> footpath</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="714AE860" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...30 lines deleted...]
-              <w:t>Area of land bordered by East Watergate and properties at 1, 2 &amp; 3 Lower Wards, Fortrose.</w:t>
+          <w:p w14:paraId="6F13AAC7" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fortrose, IV10 8TJ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="608B7699" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UPRN: 130142776.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6151B168" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Path runs from Deans Road to Wester </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Greengates</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> between Fortrose Academy and Academy playing fields and passed the Black Isle Leisure Centre, 7 Dolphin Drive and to the rear of houses on Lumsden Gardens.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59DEDD46" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...46 lines deleted...]
-              <w:t>as common good for time immemorial.</w:t>
+          <w:p w14:paraId="160FDD38" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total area of 4220.81m².</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79A6592C" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No recorded writ but has been treated as common good for time immemorial.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DB7F726" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Believed to be the remains of an ancient “way” from Fortrose Cathedral to Chanonry Point.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="35FE8E5E" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="6A09F5E9" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B2BE315" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...15 lines deleted...]
-              <w:t>Fortrose Caravan Park</w:t>
+          <w:p w14:paraId="06BF3B19" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>East Watergate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB364A2" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...47 lines deleted...]
-              <w:t>Bisected by Wester Greengates and adjacent to foreshore.</w:t>
+          <w:p w14:paraId="714AE860" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fortrose, IV10 8SG.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C190DA" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Area of land bordered by East Watergate and properties at 1, 2 &amp; 3 Lower Wards, Fortrose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3331BBB0" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...16 lines deleted...]
-          <w:p w14:paraId="15FA14D9" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00B77B15" w:rsidP="002531EB">
+          <w:p w14:paraId="59DEDD46" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total area 947.24m².</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55DBBDB7" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00B77B15" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>It is considered that title derives from the Royal Charters with the land having been held</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C808B0" w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>as common good for time immemorial. Leased out.</w:t>
+              <w:t>as common good for time immemorial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="06596A68" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="35FE8E5E" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A87535" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...15 lines deleted...]
-              <w:t>Fortrose foreshore</w:t>
+          <w:p w14:paraId="1B2BE315" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fortrose Caravan Park</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A5298D" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...30 lines deleted...]
-              <w:t>Foreshore running from Craig Burn in Fortrose (rear of properties Kelowna &amp; 23 on A832) around Chanonry Point to the start of Rosemarkie Burn (adjacent 1 Mill Road).</w:t>
+          <w:p w14:paraId="7DB364A2" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wester </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Greengates</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Fortrose, IV10 8RX.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66288A0B" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UPRN: 130111916.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C44B71E" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bisected by Wester </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Greengates</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and adjacent to foreshore.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE65F95" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...16 lines deleted...]
-          <w:p w14:paraId="73EDD6E1" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00B77B15" w:rsidP="002531EB">
+          <w:p w14:paraId="3331BBB0" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total area 14515.95m².</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15FA14D9" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00B77B15" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>It is considered that title derives from the Royal Charters with the land having been held</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C808B0" w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>as common good for time immemorial.</w:t>
+              <w:t>as common good for time immemorial. Leased out.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="5FD2F32C" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="06596A68" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
+          <w:p w14:paraId="01A87535" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fortrose foreshore</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A5298D" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV10 8TY.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7937E202" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Foreshore running from Craig Burn in Fortrose (rear of properties Kelowna &amp; 23 on A832) around Chanonry Point to the start of Rosemarkie Burn (adjacent 1 Mill Road).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE65F95" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total area 336576.45m².</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73EDD6E1" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00B77B15" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>It is considered that title derives from the Royal Charters with the land having been held</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C808B0" w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>as common good for time immemorial.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="5FD2F32C" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
           <w:p w14:paraId="2F53C437" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fortrose Golf Club car park</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B9B40CE" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
@@ -1073,96 +1168,108 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>It is considered that title derives from the Royal Charters with the land having been held</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C808B0" w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>as common good for time immemorial. Leased out.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="640A7A7B" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00C808B0" w:rsidRPr="00C808B0" w14:paraId="640A7A7B" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AC7B90C" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fortrose Town Hall</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B12E7F0" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1B12E7F0" w14:textId="64B24C22" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="212BA5C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C808B0">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Including surrounding land</w:t>
             </w:r>
+            <w:r w:rsidR="45DC883E" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – held on 2 title deeds.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F58AF37" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Church Street, Fortrose, IV10 8TE.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4846A054" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
             <w:pPr>
@@ -1181,143 +1288,461 @@
               <w:t>UPRN: 130111918.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58819E11" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Located on the corner of Church Street and Station Rd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F99CD0F" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7F99CD0F" w14:textId="14461DD6" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total site area </w:t>
+            </w:r>
+            <w:r w:rsidR="6231D40D" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>542.88</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m²</w:t>
+            </w:r>
+            <w:r w:rsidR="01CD71DF" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or thereby</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239A43E4" w14:textId="635FCF2A" w:rsidR="7FC5445E" w:rsidRDefault="7FC5445E" w:rsidP="212BA5C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 title deeds.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C990A72" w14:textId="6312BDBE" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="0755BF55" w:rsidP="212BA5C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Title deed: Disposition by The Church of Scotland General Trustees in favour of The Provost, Magistrates and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">not specified in the deed as Common Good it is stated that it shall be used “as a Public or Town Hall, Court House or as Police or Municipal Buildings …. For the benefit or use of the said Royal Burgh and Community of Fortrose”. It has been treated as common good property since that date in a similar manner to other town halls in the Highlands. Additional land to north west between hall and Station Square was acquired for good causes and no consideration in 1934. Leased out. </w:t>
+              <w:t>Co</w:t>
+            </w:r>
+            <w:r w:rsidR="0F55C2E4" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uncillors of the Royal Burgh of Fortrose registered 10 August 1933.</w:t>
+            </w:r>
+            <w:r w:rsidR="77CEB265" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (501.7m²</w:t>
+            </w:r>
+            <w:r w:rsidR="4863281E" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or thereby)</w:t>
+            </w:r>
+            <w:r w:rsidR="246FA331" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB8284B" w14:textId="18CAF5C7" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="212BA5C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Original use for this building was as a church</w:t>
+            </w:r>
+            <w:r w:rsidR="150B52C8" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7B0E9EC9" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>but</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="6411E68A" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">t ceased being used as a place for public worship in 1929. The Burgh acquired it </w:t>
+            </w:r>
+            <w:r w:rsidR="44408C84" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for use</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “as a Public or Town Hall, Court House or as Police or Municipal Buildings …. For the benefit or use of the said Royal Burgh and Community of Fortrose”. It has been treated as common good property since that date in a similar manner to other town halls in the Highlands. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A7F1396" w14:textId="768E6FF6" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="1E43401E" w:rsidP="212BA5C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Title deed: </w:t>
+            </w:r>
+            <w:r w:rsidR="6C1FFE51" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disposition by George Charles Knight in favour of The Provost, Magistrates and Councillors of the Royal Burgh of</w:t>
+            </w:r>
+            <w:r w:rsidR="00F30853" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fortrose registered 15 November 1934.</w:t>
+            </w:r>
+            <w:r w:rsidR="55131BA2" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (41.18m² or thereby).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A5CC550" w14:textId="6A8526DA" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="212BA5C0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Additional land to north</w:t>
+            </w:r>
+            <w:r w:rsidR="34AA1BFA" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>west between hall and Station Square was acquired for good causes and no consideration</w:t>
+            </w:r>
+            <w:r w:rsidR="3A1B6DFD" w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="212BA5C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Leased. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C25B4" w:rsidRPr="00C808B0" w14:paraId="7477C327" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="007C25B4" w:rsidRPr="00C808B0" w14:paraId="7477C327" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E60928A" w14:textId="443183BF" w:rsidR="007C25B4" w:rsidRPr="00C808B0" w:rsidRDefault="007C25B4" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Wester Greengates picnic area</w:t>
+              <w:t xml:space="preserve">Wester </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Greengates</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> picnic area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EFB0886" w14:textId="77777777" w:rsidR="007C25B4" w:rsidRPr="00C808B0" w:rsidRDefault="007C25B4" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Wester Greengates, Fortrose, IV10 8 RX.</w:t>
+              <w:t xml:space="preserve">Wester </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Greengates</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Fortrose, IV10 8 RX.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F82AFC8" w14:textId="77777777" w:rsidR="007C25B4" w:rsidRPr="00C808B0" w:rsidRDefault="007C25B4" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>UPRN: 130111917.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29E26C6F" w14:textId="639E60D9" w:rsidR="007C25B4" w:rsidRPr="00C808B0" w:rsidRDefault="007C25B4" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1359,51 +1784,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>It is considered that title derives from the Royal Charters with the land having been held</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> as common good for time immemorial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C25B4" w:rsidRPr="00C808B0" w14:paraId="751D8BFB" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="007C25B4" w:rsidRPr="00C808B0" w14:paraId="751D8BFB" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A94F612" w14:textId="72569D9B" w:rsidR="007C25B4" w:rsidRPr="00C808B0" w:rsidRDefault="007A401F" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fairy Glen car park</w:t>
             </w:r>
@@ -1491,51 +1916,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>It is considered that title may derive from the Royal Charters with the land having been held</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> as common good for time immemorial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C25B4" w:rsidRPr="00C808B0" w14:paraId="7FD9F1AE" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="007C25B4" w:rsidRPr="00C808B0" w14:paraId="7FD9F1AE" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50D3D78D" w14:textId="66D942E1" w:rsidR="007C25B4" w:rsidRPr="00C808B0" w:rsidRDefault="009E2901" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rosemarkie Caravan Park</w:t>
             </w:r>
@@ -1640,2105 +2065,4490 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> as common good for time immemorial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Leased out.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A642B32" w14:textId="77777777" w:rsidR="007C25B4" w:rsidRPr="00C808B0" w:rsidRDefault="007C25B4" w:rsidP="002531EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...12 lines deleted...]
-      <w:tr w:rsidR="00752EBE" w:rsidRPr="00C808B0" w14:paraId="38B52180" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00E72AD3" w:rsidRPr="00C808B0" w14:paraId="16CF5FD7" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7390B76B" w14:textId="2A6C37D6" w:rsidR="00E72AD3" w:rsidRDefault="00BA6E9F" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Field </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6BC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">adjacent </w:t>
+            </w:r>
+            <w:r w:rsidR="00D4390B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidR="007A7EA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Well Road, Rosemarkie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DDB1F09" w14:textId="77777777" w:rsidR="00C53D37" w:rsidRDefault="00C53D37" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22720514" w14:textId="77777777" w:rsidR="00C53D37" w:rsidRDefault="00C53D37" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C5F9514" w14:textId="77777777" w:rsidR="00C53D37" w:rsidRDefault="00C53D37" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CAB5443" w14:textId="77777777" w:rsidR="00C53D37" w:rsidRDefault="00C53D37" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31DA2AF3" w14:textId="7EA1BC8E" w:rsidR="00C53D37" w:rsidRPr="001672C4" w:rsidRDefault="00C53D37" w:rsidP="65FCC82D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40449329" w14:textId="30AF9CD8" w:rsidR="00994326" w:rsidRDefault="00BA6E9F" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Well Road, Rosemarkie, </w:t>
+            </w:r>
+            <w:r w:rsidR="00994326">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IV10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD0F65">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8UW</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FFEC92E" w14:textId="77777777" w:rsidR="00F163DC" w:rsidRDefault="00F163DC" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5242EF41" w14:textId="2C954D7A" w:rsidR="00F163DC" w:rsidRDefault="00F163DC" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UPRN</w:t>
+            </w:r>
+            <w:r w:rsidR="00622FED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00622FED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1301</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>63888</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C8E168F" w14:textId="77777777" w:rsidR="00EF1375" w:rsidRDefault="00EF1375" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19AE8944" w14:textId="4BB188C6" w:rsidR="00E72AD3" w:rsidRPr="00C808B0" w:rsidRDefault="00EF1375" w:rsidP="002531EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ounded on the south by Bridge Street</w:t>
+            </w:r>
+            <w:r w:rsidR="00190597">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; o</w:t>
+            </w:r>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n the </w:t>
+            </w:r>
+            <w:r w:rsidR="00190597">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">est by the entrance to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kincurdy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Drive</w:t>
+            </w:r>
+            <w:r w:rsidR="00190597">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on the North by </w:t>
+            </w:r>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Rosemarkie Burn</w:t>
+            </w:r>
+            <w:r w:rsidR="00190597">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="002F2E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and on the East by Well Road</w:t>
+            </w:r>
+            <w:r w:rsidR="00190597">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A3704E" w14:textId="049FF7C9" w:rsidR="009D7BC8" w:rsidRDefault="009D7BC8" w:rsidP="009D7BC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Total area = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C344C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>971.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m²</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22004">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0.24 acres)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60873397" w14:textId="1A6F170E" w:rsidR="00F52F2E" w:rsidRPr="007B4B88" w:rsidRDefault="50B0756F" w:rsidP="65FCC82D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Title deed: Disposition by Mrs Lilian Elford or Shaw in favour of Provost</w:t>
+            </w:r>
+            <w:r w:rsidR="55E70484" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Magistrates and Councillors of the Royal Burgh of Fortrose registered 24 April 1974.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D4B923" w14:textId="31AF3C23" w:rsidR="00E72AD3" w:rsidRPr="0062524E" w:rsidRDefault="04578F32" w:rsidP="00F52F2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="0062524E" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Deed include</w:t>
+            </w:r>
+            <w:r w:rsidR="1074DEBA" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="0062524E" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> declarations where the </w:t>
+            </w:r>
+            <w:r w:rsidR="00607A25" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>field sh</w:t>
+            </w:r>
+            <w:r w:rsidR="00A856DA" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r w:rsidR="00607A25" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">always </w:t>
+            </w:r>
+            <w:r w:rsidR="005935A6" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be for </w:t>
+            </w:r>
+            <w:r w:rsidR="00607A25" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>amenit</w:t>
+            </w:r>
+            <w:r w:rsidR="0084434A" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">y </w:t>
+            </w:r>
+            <w:r w:rsidR="003D41C1" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>purposes</w:t>
+            </w:r>
+            <w:r w:rsidR="005935A6" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and not for </w:t>
+            </w:r>
+            <w:r w:rsidR="003D41C1" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>car park</w:t>
+            </w:r>
+            <w:r w:rsidR="005935A6" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ing or vending </w:t>
+            </w:r>
+            <w:r w:rsidR="008E6512" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of any description</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB268C" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; no buildings</w:t>
+            </w:r>
+            <w:r w:rsidR="0050358C" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> shall be </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB268C" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">erected other than </w:t>
+            </w:r>
+            <w:r w:rsidR="00E96039" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a shed</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC33EB" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidR="00174E27" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gardening </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC33EB" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">equipment; </w:t>
+            </w:r>
+            <w:r w:rsidR="40AE5194" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and that the </w:t>
+            </w:r>
+            <w:r w:rsidR="007A07A6" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">field shall not be </w:t>
+            </w:r>
+            <w:r w:rsidR="008D0E77" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sold or alienated without being offered</w:t>
+            </w:r>
+            <w:r w:rsidR="0063731D" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> first </w:t>
+            </w:r>
+            <w:r w:rsidR="00626F06" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidR="001C45E6" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the previous owner</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3676" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F2E" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> their </w:t>
+            </w:r>
+            <w:r w:rsidR="00626F06" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>successors</w:t>
+            </w:r>
+            <w:r w:rsidR="0063731D" w:rsidRPr="007B4B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="438A46BA" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41553E9C" w14:textId="3A415F13" w:rsidR="00714DF1" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Fortrose Market Cross </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E91FDC" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Was located at Fortrose High Street however currently stored as the structure is damaged. It is hoped that it can be restored and a moved to a new secure location.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E4FC1EE" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22783176" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The market cross is a Cat B Listed structure and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F3325">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>believed to date back to Middle Ages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="780E3D20" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00556629">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Original royal Charter for Fortrose of 6 August 1590 gave the Burgh the power to assign and operate market days – the cross would have marked the location of the original marketplace (though could subsequently have been moved)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="554BFCD8" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00556629" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00556629">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Whilst </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the original location on the high street </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00556629">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>is now an adopted road of Highland Council, old maps indicate that it has been in the same location as far back as the late 1800s so would have been on Burgh land.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54CFD0CE" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="38B52180" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
           </w:tcPr>
-          <w:p w14:paraId="4F883DBB" w14:textId="1EF2A866" w:rsidR="00752EBE" w:rsidRPr="00C808B0" w:rsidRDefault="00752EBE" w:rsidP="002531EB">
+          <w:p w14:paraId="4F883DBB" w14:textId="1EF2A866" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>ART AND ARTIFACTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...14 lines deleted...]
-      <w:tr w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w14:paraId="39B3E846" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="39B3E846" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59BDC21D" w14:textId="234A5A5C" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="003B4BF8" w:rsidP="002531EB">
+          <w:p w14:paraId="59BDC21D" w14:textId="234A5A5C" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Name of Asset</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCCBB6F" w14:textId="2AB35445" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="003B4BF8" w:rsidP="002531EB">
+          <w:p w14:paraId="5FCCBB6F" w14:textId="2AB35445" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3F768D" w14:textId="065364CE" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="003E3BA2" w:rsidP="002531EB">
+          <w:p w14:paraId="4C3F768D" w14:textId="065364CE" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w14:paraId="331B0B1C" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="331B0B1C" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0408BCAC" w14:textId="4C552D80" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="003E3BA2" w:rsidP="002531EB">
+          <w:p w14:paraId="0408BCAC" w14:textId="4C552D80" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Civic Regalia – chain of office</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3AB6D3" w14:textId="01504A27" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="003E3BA2" w:rsidP="002531EB">
-[...13 lines deleted...]
-              <w:t>In secure locked safe.</w:t>
+          <w:p w14:paraId="5E3AB6D3" w14:textId="248F8632" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In secure locked safe</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with the</w:t>
+            </w:r>
+            <w:r w:rsidR="00691123">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Highland </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Council</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D849A2B" w14:textId="70251797" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="00807A93" w:rsidP="002531EB">
-[...13 lines deleted...]
-              <w:t>Silver and gold plated chain bearing the enamelled crest of Fortrose. It was presented to the Burgh in 1955 by Madeleine, Countess of Middleton as part of the 500</w:t>
+          <w:p w14:paraId="0D849A2B" w14:textId="70251797" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Silver and gold plated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> chain bearing the enamelled crest of Fortrose. It was presented to the Burgh in 1955 by Madeleine, Countess of Middleton as part of the 500</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> anniversary celebrations of Fortrose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w14:paraId="0AFDB5C3" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="0AFDB5C3" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D69E11" w14:textId="354BB6B4" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="00807A93" w:rsidP="002531EB">
+          <w:p w14:paraId="62D69E11" w14:textId="354BB6B4" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Colin, 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Earl of Seaforth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7AE21E" w14:textId="24E50818" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="00807A93" w:rsidP="002531EB">
+          <w:p w14:paraId="5E7AE21E" w14:textId="24E50818" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4558BE8A" w14:textId="77777777" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00807A93" w:rsidP="002531EB">
+          <w:p w14:paraId="4558BE8A" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B4180FA" w14:textId="789280A2" w:rsidR="00F50AD6" w:rsidRPr="00C808B0" w:rsidRDefault="00807A93" w:rsidP="002531EB">
+          <w:p w14:paraId="2B4180FA" w14:textId="789280A2" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In the style of Anthony van Dyck, oil on canvas, 119.4x96.5cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807A93" w:rsidRPr="00C808B0" w14:paraId="775C0A14" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="775C0A14" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="616331B0" w14:textId="61CF102E" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="616331B0" w14:textId="61CF102E" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Isabella, wife of 3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Earl of Seaforth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35761324" w14:textId="3D4D1694" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="35761324" w14:textId="3D4D1694" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77567E81" w14:textId="77777777" w:rsidR="00D07414" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="77567E81" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DC91CA1" w14:textId="4C40106D" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="0DC91CA1" w14:textId="4C40106D" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>David Scougall, oil on canvas, 119.4x99cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807A93" w:rsidRPr="00C808B0" w14:paraId="70A3D931" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="70A3D931" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E4A50F" w14:textId="360AC586" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="25E4A50F" w14:textId="360AC586" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Kenneth, 3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Earl of Seaforth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9CE93F" w14:textId="487A8331" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="4F9CE93F" w14:textId="487A8331" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42402EC9" w14:textId="77777777" w:rsidR="00D07414" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="42402EC9" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51ACE396" w14:textId="334FA0A0" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="51ACE396" w14:textId="334FA0A0" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Attributed to John Michael Wright, oil on canvas, 119.4x99cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807A93" w:rsidRPr="00EA5654" w14:paraId="5F9FB9F3" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00EA5654" w14:paraId="5F9FB9F3" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427E8F3F" w14:textId="30053D6A" w:rsidR="00807A93" w:rsidRPr="00EA5654" w:rsidRDefault="00D07414" w:rsidP="009C224A">
+          <w:p w14:paraId="427E8F3F" w14:textId="30053D6A" w:rsidR="00714DF1" w:rsidRPr="00EA5654" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA5654">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Portrait – Kenneth, 4th Earl of Seaforth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C4A48AB" w14:textId="142923AA" w:rsidR="006000D5" w:rsidRPr="00EA5654" w:rsidRDefault="00D07414" w:rsidP="009C224A">
+          <w:p w14:paraId="0C4A48AB" w14:textId="142923AA" w:rsidR="00714DF1" w:rsidRPr="00EA5654" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA5654">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08234F3B" w14:textId="77777777" w:rsidR="00EA5654" w:rsidRPr="00EA5654" w:rsidRDefault="00EA5654" w:rsidP="009C224A">
+          <w:p w14:paraId="08234F3B" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00EA5654" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="102F2D7F" w14:textId="7CF12757" w:rsidR="006000D5" w:rsidRPr="00EA5654" w:rsidRDefault="006000D5" w:rsidP="009C224A">
+          <w:p w14:paraId="102F2D7F" w14:textId="7CF12757" w:rsidR="00714DF1" w:rsidRPr="00EA5654" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A7F3C60" w14:textId="77777777" w:rsidR="00807A93" w:rsidRPr="00EA5654" w:rsidRDefault="00807A93" w:rsidP="009C224A">
+          <w:p w14:paraId="4A7F3C60" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00EA5654" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18D2875D" w14:textId="361E141D" w:rsidR="00807A93" w:rsidRPr="00EA5654" w:rsidRDefault="00A16B42" w:rsidP="009C224A">
+          <w:p w14:paraId="18D2875D" w14:textId="361E141D" w:rsidR="00714DF1" w:rsidRPr="00EA5654" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA5654">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton. Circle of Henri Gascars, oil on canvas, 124.5x86.3cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00807A93" w:rsidRPr="00C808B0" w14:paraId="12DD85E9" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="12DD85E9" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB1C5F6" w14:textId="3653753B" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00A16B42" w:rsidP="002531EB">
+          <w:p w14:paraId="2CB1C5F6" w14:textId="3653753B" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Lady Frances Herbert, wife of 4</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Earl of Seaforth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B044270" w14:textId="25EBA1A3" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00D07414" w:rsidP="002531EB">
+          <w:p w14:paraId="3B044270" w14:textId="25EBA1A3" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0596C1DB" w14:textId="77777777" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="00A16B42" w:rsidP="002531EB">
+          <w:p w14:paraId="0596C1DB" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D7594E3" w14:textId="03979946" w:rsidR="00807A93" w:rsidRPr="00C808B0" w:rsidRDefault="00A16B42" w:rsidP="002531EB">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2D7594E3" w14:textId="03979946" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Nicholas de Largilliere, oil on canvas, 129.5x96.5cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A16B42" w:rsidRPr="00C808B0" w14:paraId="1C35F77C" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="1C35F77C" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F94BF72" w14:textId="15B817FA" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="009A5FBF" w:rsidP="002531EB">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1F94BF72" w14:textId="15B817FA" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Portrait – William, 5</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Earl of Seaforth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288128BF" w14:textId="45DAE2EB" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="009A5FBF" w:rsidP="002531EB">
+          <w:p w14:paraId="288128BF" w14:textId="45DAE2EB" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF3A214" w14:textId="77777777" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="3DF3A214" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E04E0EE" w14:textId="469DA937" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="7E04E0EE" w14:textId="469DA937" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Circle of Mary Beale, oil on canvas, 122x99cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A16B42" w:rsidRPr="00C808B0" w14:paraId="52115731" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="52115731" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63725B3A" w14:textId="58E32F8E" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="63725B3A" w14:textId="58E32F8E" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Mary Kennet, wife of 5</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Earl of Seaforth (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35229BB5" w14:textId="5000BA2C" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="009A5FBF" w:rsidP="002531EB">
+          <w:p w14:paraId="35229BB5" w14:textId="5000BA2C" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA4E206" w14:textId="77777777" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="0AA4E206" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BBC4E37" w14:textId="727FC3B0" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="0BBC4E37" w14:textId="727FC3B0" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Circle of Godfrey Kneller, oil on canvas, 220x147cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A16B42" w:rsidRPr="00C808B0" w14:paraId="7B64D639" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="7B64D639" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25434394" w14:textId="09651F13" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="25434394" w14:textId="09651F13" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Mary Kennet, wife of 5</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Earl of Seaforth (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20845491" w14:textId="52680FE6" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="009A5FBF" w:rsidP="002531EB">
+          <w:p w14:paraId="20845491" w14:textId="52680FE6" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35E4B4B5" w14:textId="77777777" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="35E4B4B5" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FAD0350" w14:textId="21F54FCF" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="0FAD0350" w14:textId="21F54FCF" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Circle of Godfrey Kneller, oil on canvas, 124.5x99cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A16B42" w:rsidRPr="00C808B0" w14:paraId="68DE563A" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="68DE563A" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FD57476" w14:textId="3EDB1B64" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="7FD57476" w14:textId="3EDB1B64" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Honourable Mary Frederica Elizabeth, daughter of Francis MacKenzie, Lord Seaforth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE1E1E8" w14:textId="53FCA514" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="009A5FBF" w:rsidP="002531EB">
+          <w:p w14:paraId="3AE1E1E8" w14:textId="53FCA514" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24B38EC4" w14:textId="77777777" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="24B38EC4" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06A451AF" w14:textId="1778CBAC" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="06A451AF" w14:textId="1778CBAC" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>After Thomas Lawrence, oil on canvas, 236.2x144.7cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A16B42" w:rsidRPr="00C808B0" w14:paraId="39582065" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="39582065" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="622C267E" w14:textId="20AE0E82" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="622C267E" w14:textId="20AE0E82" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Honourable James Alexander Stewart-MacKenzie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52CD8ACF" w14:textId="1E55D007" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="009A5FBF" w:rsidP="002531EB">
+          <w:p w14:paraId="52CD8ACF" w14:textId="1E55D007" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B102E87" w14:textId="77777777" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="5B102E87" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32531BA4" w14:textId="16D5CDBB" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
-[...13 lines deleted...]
-              <w:t>Circle of Martin Archer Shee, oil on canvas, 225x147cm.</w:t>
+          <w:p w14:paraId="32531BA4" w14:textId="16D5CDBB" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Circle of Martin Archer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Shee</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, oil on canvas, 225x147cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A16B42" w:rsidRPr="00C808B0" w14:paraId="786B85F0" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="786B85F0" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D920B0D" w14:textId="1A18E7FA" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="0D920B0D" w14:textId="1A18E7FA" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait of a Gentleman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36BEB90E" w14:textId="508D0625" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="009A5FBF" w:rsidP="002531EB">
+          <w:p w14:paraId="36BEB90E" w14:textId="508D0625" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in Fortrose Town Hall, Church Street, Fortrose, IV10 8TL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A693B05" w14:textId="77777777" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="7A693B05" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gifted to Fortrose Town Council in 1952 by Madeleine, Countess of Middleton.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DCE24ED" w14:textId="320A28E0" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="4DCE24ED" w14:textId="320A28E0" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Circle of Francis Grant, oil on canvas, 89x68.6cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A16B42" w:rsidRPr="00C808B0" w14:paraId="5CA93378" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00714DF1" w:rsidRPr="00C808B0" w14:paraId="5CA93378" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38EAED0C" w14:textId="359852F2" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="38EAED0C" w14:textId="359852F2" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portrait – Alexander Houston, Provost 1763-1767</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2794C86B" w14:textId="3B99718C" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="2794C86B" w14:textId="3B99718C" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hangs in committee room at Black Isle Leisure Centre, Deans Road, Fortrose, IV10 8TJ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4AE7CE" w14:textId="77777777" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="3C4AE7CE" w14:textId="77777777" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Considered to be common good.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11D9694C" w14:textId="20AB919F" w:rsidR="00A16B42" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="11D9694C" w14:textId="20AB919F" w:rsidR="00714DF1" w:rsidRPr="00C808B0" w:rsidRDefault="00714DF1" w:rsidP="00714DF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>George Mason, oil on canvas, 76x64cm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...21 lines deleted...]
-      <w:tr w:rsidR="004A176F" w:rsidRPr="00C808B0" w14:paraId="6B47355F" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00002F87" w:rsidRPr="00C808B0" w14:paraId="7F2F5A43" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC62C7F" w14:textId="5CC087FC" w:rsidR="00002F87" w:rsidRPr="00C808B0" w:rsidRDefault="00D47DC5" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Unknown po</w:t>
+            </w:r>
+            <w:r w:rsidR="004577BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rtrait of</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF40DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> horses, hounds and </w:t>
+            </w:r>
+            <w:r w:rsidR="004011DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>seven me</w:t>
+            </w:r>
+            <w:r w:rsidR="00865245">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A5F80C" w14:textId="391C012B" w:rsidR="00002F87" w:rsidRPr="00C808B0" w:rsidRDefault="004577BF" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hangs in </w:t>
+            </w:r>
+            <w:r w:rsidR="005527E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>committee room at Black Isle Leisure Centre, Deans Road, Fortrose, IV10 8TJ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4129E47D" w14:textId="702BFA0D" w:rsidR="00002F87" w:rsidRPr="00C808B0" w:rsidRDefault="004577BF" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Considered to be common good as it was transferred </w:t>
+            </w:r>
+            <w:r w:rsidR="003B6195">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from the</w:t>
+            </w:r>
+            <w:r w:rsidR="0080631A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> old Burgh</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC08AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Town House </w:t>
+            </w:r>
+            <w:r w:rsidR="002F72CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>when it was sol</w:t>
+            </w:r>
+            <w:r w:rsidR="0080631A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d </w:t>
+            </w:r>
+            <w:r w:rsidR="002F72CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidR="0080631A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1994. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B32AB" w:rsidRPr="00C808B0" w14:paraId="54F8E5C3" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E8893B" w14:textId="25FEF058" w:rsidR="004B32AB" w:rsidRPr="00C808B0" w:rsidRDefault="005C5AEC" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Committee </w:t>
+            </w:r>
+            <w:r w:rsidR="00412FDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+            <w:r w:rsidR="00625C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00505DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00080702">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00505DA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00625C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00412FDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hairs</w:t>
+            </w:r>
+            <w:r w:rsidR="00625C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and bureau</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA28B87" w14:textId="4BDA48D5" w:rsidR="004B32AB" w:rsidRDefault="00E6592F" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Located </w:t>
+            </w:r>
+            <w:r w:rsidR="008334EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72746">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the committee</w:t>
+            </w:r>
+            <w:r w:rsidR="008334EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">meeting room </w:t>
+            </w:r>
+            <w:r w:rsidR="008334EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Black Isle Leisure Centre, Deans Road, Fortrose, IV10 8TJ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54E58149" w14:textId="77777777" w:rsidR="004B32AB" w:rsidRPr="00C808B0" w:rsidRDefault="004B32AB" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="039DBA18" w14:textId="1C6831C7" w:rsidR="004B32AB" w:rsidRPr="00C808B0" w:rsidRDefault="00AF719B" w:rsidP="00714DF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provenance unknown however it is considered common good due to historic links with civic duties.  It was also transferred from the old Burgh Town House when it was sold in 1994.    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625C4C" w:rsidRPr="00C808B0" w14:paraId="163B8521" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33070CE1" w14:textId="38C278E3" w:rsidR="00625C4C" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provost Chair </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CDDE09" w14:textId="77777777" w:rsidR="00625C4C" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Located in the committee meeting room at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Black Isle Leisure Centre, Deans Road, Fortrose, IV10 8TJ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3085EF9A" w14:textId="77777777" w:rsidR="00625C4C" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D45B4F3" w14:textId="26D61A6E" w:rsidR="00625C4C" w:rsidRDefault="006A7DF1" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7CAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">unknown however </w:t>
+            </w:r>
+            <w:r w:rsidR="00D861C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>it is considered c</w:t>
+            </w:r>
+            <w:r w:rsidR="00E518C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ommon good</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA2948">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> due to</w:t>
+            </w:r>
+            <w:r w:rsidR="00E95B5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> historic links with </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3D60">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>civic</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0EFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> duties.</w:t>
+            </w:r>
+            <w:r w:rsidR="007C475A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  It was also </w:t>
+            </w:r>
+            <w:r w:rsidR="00562E48">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>transferred from</w:t>
+            </w:r>
+            <w:r w:rsidR="007C475A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the old Burgh Town House when it was sold in 1994</w:t>
+            </w:r>
+            <w:r w:rsidR="007C475A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="000C3D60">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E518C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F3924" w:rsidRPr="00C808B0" w14:paraId="00422C91" w14:textId="77777777" w:rsidTr="212BA5C0">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB67C7F" w14:textId="272ED426" w:rsidR="000F3924" w:rsidRPr="000F3924" w:rsidRDefault="000F3924" w:rsidP="000F3924">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F3924">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 certificates relating to the arms for the Royal Burgh of Fortrose and Rosemarkie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CB08CAB" w14:textId="77777777" w:rsidR="000F3924" w:rsidRDefault="000F3924" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3305" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C819D64" w14:textId="77777777" w:rsidR="00562E48" w:rsidRDefault="00562E48" w:rsidP="00562E48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Located in the committee meeting room at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Black Isle Leisure Centre, Deans Road, Fortrose, IV10 8TJ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C114733" w14:textId="77777777" w:rsidR="000F3924" w:rsidRDefault="000F3924" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE54985" w14:textId="3CD67A98" w:rsidR="000F3924" w:rsidRDefault="00DF1343" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provenance </w:t>
+            </w:r>
+            <w:r w:rsidR="00562E48">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>unknown however</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> they are</w:t>
+            </w:r>
+            <w:r w:rsidR="00562E48">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> considered common good </w:t>
+            </w:r>
+            <w:r w:rsidR="00906B91">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>as they</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA370F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00314F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">have historic links with </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA370F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="009A410B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Royal Burgh.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625C4C" w:rsidRPr="00C808B0" w14:paraId="6B47355F" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
           </w:tcPr>
-          <w:p w14:paraId="6748B4A6" w14:textId="0A226749" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="6748B4A6" w14:textId="0A226749" w:rsidR="00625C4C" w:rsidRPr="00C808B0" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>COMMON GOOD FUND</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...14 lines deleted...]
-      <w:tr w:rsidR="004A176F" w:rsidRPr="00C808B0" w14:paraId="7D8E77AD" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00625C4C" w:rsidRPr="00C808B0" w14:paraId="7D8E77AD" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28699A4C" w14:textId="7BDBE4C2" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="28699A4C" w14:textId="7BDBE4C2" w:rsidR="00625C4C" w:rsidRPr="00C808B0" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Name of asset</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76510E41" w14:textId="74AAA8F9" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="76510E41" w14:textId="74AAA8F9" w:rsidR="00625C4C" w:rsidRPr="00C808B0" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E9CB9BE" w14:textId="4231D6FF" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="1E9CB9BE" w14:textId="4231D6FF" w:rsidR="00625C4C" w:rsidRPr="00C808B0" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A176F" w:rsidRPr="00C808B0" w14:paraId="31A123F5" w14:textId="77777777" w:rsidTr="002531EB">
+      <w:tr w:rsidR="00625C4C" w:rsidRPr="00C808B0" w14:paraId="31A123F5" w14:textId="77777777" w:rsidTr="212BA5C0">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61524133" w14:textId="6AAF1663" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="61524133" w14:textId="6AAF1663" w:rsidR="00625C4C" w:rsidRPr="00C808B0" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fortrose &amp; Rosemarkie Common Good Fund</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9C3538" w14:textId="5A8DFAF1" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
+          <w:p w14:paraId="2B9C3538" w14:textId="5A8DFAF1" w:rsidR="00625C4C" w:rsidRPr="00C808B0" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C808B0">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22B26A34" w14:textId="12A0054C" w:rsidR="004A176F" w:rsidRPr="00C808B0" w:rsidRDefault="004A176F" w:rsidP="002531EB">
-[...13 lines deleted...]
-              <w:t>Fund set up for benefit of former Burgh of Fortrose &amp; Rosemarkie. Financial information about this fund is contained within the Annual Accounts and Area Committee monitoring reports which are available on the Highland Council website.</w:t>
+          <w:p w14:paraId="22B26A34" w14:textId="12A0054C" w:rsidR="00625C4C" w:rsidRPr="00C808B0" w:rsidRDefault="00625C4C" w:rsidP="00625C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fund set up for benefit of former Burgh of Fortrose &amp; Rosemarkie. Financial information about this fund is contained within the Annual Accounts and Area </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C808B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Committee monitoring reports which are available on the Highland Council website.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48E6C22D" w14:textId="48CAADB2" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="002531EB" w:rsidP="00C808B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5345CE7F" w14:textId="77777777" w:rsidR="00C808B0" w:rsidRPr="00C808B0" w:rsidRDefault="00C808B0" w:rsidP="00C808B0">
-[...26 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5ECA57E5" w14:textId="77777777" w:rsidR="00845E05" w:rsidRDefault="00845E05"/>
-    <w:sectPr w:rsidR="00845E05" w:rsidSect="006C02B5">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00845E05" w:rsidSect="00D03AAF">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1361" w:bottom="1134" w:left="1361" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6ADFEF37" w14:textId="77777777" w:rsidR="001B165C" w:rsidRDefault="001B165C" w:rsidP="00C808B0">
+    <w:p w14:paraId="51DBCE22" w14:textId="77777777" w:rsidR="002C42FF" w:rsidRDefault="002C42FF" w:rsidP="00C808B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26A41111" w14:textId="77777777" w:rsidR="001B165C" w:rsidRDefault="001B165C" w:rsidP="00C808B0">
+    <w:p w14:paraId="5BCAB378" w14:textId="77777777" w:rsidR="002C42FF" w:rsidRDefault="002C42FF" w:rsidP="00C808B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="4EA3DB57" w14:textId="77777777" w:rsidR="002C42FF" w:rsidRDefault="002C42FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2119554651"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4C93D5B2" w14:textId="77777777" w:rsidR="005F5F87" w:rsidRDefault="005F5F87" w:rsidP="005F5F87">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r>
           <w:t>Highland Council</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="1BE79D47" w14:textId="53E20F3A" w:rsidR="005F5F87" w:rsidRDefault="005F5F87" w:rsidP="005F5F87">
+      <w:p w14:paraId="1BE79D47" w14:textId="230F1B48" w:rsidR="005F5F87" w:rsidRDefault="212BA5C0" w:rsidP="00345E33">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r>
-          <w:t xml:space="preserve">Published </w:t>
+          <w:t xml:space="preserve">Published February 2020 – </w:t>
         </w:r>
-        <w:r w:rsidR="00DF1024">
-          <w:t>February</w:t>
+        <w:r w:rsidR="00A80329">
+          <w:t>u</w:t>
         </w:r>
         <w:r>
-          <w:t xml:space="preserve"> 2020                                                                                                                                    </w:t>
+          <w:t xml:space="preserve">pdated </w:t>
+        </w:r>
+        <w:r w:rsidR="007F63B0">
+          <w:t xml:space="preserve">February </w:t>
         </w:r>
         <w:r>
+          <w:t>202</w:t>
+        </w:r>
+        <w:r w:rsidR="00E56151">
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve">                                                                                                                                    </w:t>
+        </w:r>
+        <w:r w:rsidR="005F5F87" w:rsidRPr="212BA5C0">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005F5F87">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005F5F87" w:rsidRPr="212BA5C0">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="212BA5C0">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005F5F87" w:rsidRPr="212BA5C0">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="2725FCDB" w14:textId="2131A8C7" w:rsidR="00000000" w:rsidRPr="0087063D" w:rsidRDefault="00000000">
+  <w:p w14:paraId="2725FCDB" w14:textId="2131A8C7" w:rsidR="002B3A27" w:rsidRPr="0087063D" w:rsidRDefault="002B3A27">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05D4246B" w14:textId="77777777" w:rsidR="001B165C" w:rsidRDefault="001B165C" w:rsidP="00C808B0">
+    <w:p w14:paraId="6C7257E7" w14:textId="77777777" w:rsidR="002C42FF" w:rsidRDefault="002C42FF" w:rsidP="00C808B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="447A5051" w14:textId="77777777" w:rsidR="001B165C" w:rsidRDefault="001B165C" w:rsidP="00C808B0">
+    <w:p w14:paraId="04E1B6E0" w14:textId="77777777" w:rsidR="002C42FF" w:rsidRDefault="002C42FF" w:rsidP="00C808B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="1CC989F0" w14:textId="77777777" w:rsidR="002C42FF" w:rsidRDefault="002C42FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7D43BB96" w14:textId="408255E7" w:rsidR="00000000" w:rsidRDefault="007B18E5">
+  <w:p w14:paraId="7D43BB96" w14:textId="761ED36B" w:rsidR="002B3A27" w:rsidRDefault="00EE471D" w:rsidP="00EE471D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2962406C" wp14:editId="2538D433">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17A19913" wp14:editId="014055F1">
           <wp:extent cx="1133475" cy="572161"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1" name="Picture 1" descr="Highland Council Logo"/>
+          <wp:docPr id="1" name="Picture 1" descr="Image of Highland Council logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Picture 1" descr="Highland Council Logo"/>
+                  <pic:cNvPr id="1" name="Picture 1" descr="Image of Highland Council logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1135966" cy="573418"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="0087063D">
-[...26 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="2A807469" w14:textId="708233F0" w:rsidR="00000000" w:rsidRPr="006F6D0A" w:rsidRDefault="006F6D0A" w:rsidP="006F6D0A">
+  <w:p w14:paraId="2A807469" w14:textId="708233F0" w:rsidR="002B3A27" w:rsidRPr="006F6D0A" w:rsidRDefault="006F6D0A" w:rsidP="006F6D0A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                              </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36272A6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF2CDCBE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36EE8C66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="936898F0"/>
+    <w:lvl w:ilvl="0" w:tplc="C088A4DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6C986522">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="49FA8C6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="45C2A31C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="15D29C58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="557CF286">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A16AE47C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1BBA0442">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="925EBB4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EDAAA4B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A94E090"/>
+    <w:lvl w:ilvl="0" w:tplc="AE64BE0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="778E2678">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2EDC399C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="83AE32E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E3BC53BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7DAA66D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6D245EB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1460E4BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0520E014">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A14BD83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68DAE0A8"/>
+    <w:lvl w:ilvl="0" w:tplc="16E82488">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DD22DC42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5FAA59C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EA44FB18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="639E0586">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="62D851B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFC27EC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BF6E9A1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6E844714">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F621BAC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9887B24"/>
+    <w:lvl w:ilvl="0" w:tplc="32BEF300">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="408" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1128" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1848" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2568" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3288" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4008" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4728" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5448" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6168" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="662322263">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2036879786">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2106879800">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2130925440">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1083843004">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C808B0"/>
+    <w:rsid w:val="00002F87"/>
+    <w:rsid w:val="00003B34"/>
+    <w:rsid w:val="00031769"/>
     <w:rsid w:val="00044218"/>
-    <w:rsid w:val="0019637E"/>
-    <w:rsid w:val="001B165C"/>
+    <w:rsid w:val="00074351"/>
+    <w:rsid w:val="00080702"/>
+    <w:rsid w:val="00085E2B"/>
+    <w:rsid w:val="000A1749"/>
+    <w:rsid w:val="000A3586"/>
+    <w:rsid w:val="000C3D60"/>
+    <w:rsid w:val="000C6978"/>
+    <w:rsid w:val="000D66E3"/>
+    <w:rsid w:val="000F3924"/>
+    <w:rsid w:val="0013000A"/>
+    <w:rsid w:val="0015421D"/>
+    <w:rsid w:val="001672C4"/>
+    <w:rsid w:val="00174E27"/>
+    <w:rsid w:val="001902B0"/>
+    <w:rsid w:val="00190597"/>
+    <w:rsid w:val="001C45E6"/>
+    <w:rsid w:val="001D0EFB"/>
+    <w:rsid w:val="001D5278"/>
+    <w:rsid w:val="00211828"/>
+    <w:rsid w:val="002455B4"/>
+    <w:rsid w:val="002528C5"/>
     <w:rsid w:val="002531EB"/>
-    <w:rsid w:val="002F1D0B"/>
+    <w:rsid w:val="002760B7"/>
+    <w:rsid w:val="00295505"/>
+    <w:rsid w:val="002A76D2"/>
+    <w:rsid w:val="002B3A27"/>
+    <w:rsid w:val="002C42FF"/>
+    <w:rsid w:val="002C4974"/>
+    <w:rsid w:val="002F2E24"/>
+    <w:rsid w:val="002F72CE"/>
+    <w:rsid w:val="00303ED9"/>
     <w:rsid w:val="00312DA0"/>
+    <w:rsid w:val="00314F3A"/>
+    <w:rsid w:val="0033033A"/>
+    <w:rsid w:val="00333A91"/>
+    <w:rsid w:val="00345E33"/>
+    <w:rsid w:val="00347F6F"/>
+    <w:rsid w:val="003B48D7"/>
     <w:rsid w:val="003B4BF8"/>
+    <w:rsid w:val="003B6195"/>
+    <w:rsid w:val="003B7B91"/>
+    <w:rsid w:val="003D41C1"/>
     <w:rsid w:val="003E3BA2"/>
+    <w:rsid w:val="003F3A9C"/>
+    <w:rsid w:val="004011DE"/>
+    <w:rsid w:val="00412FDF"/>
+    <w:rsid w:val="004550DF"/>
+    <w:rsid w:val="004577BF"/>
     <w:rsid w:val="004A176F"/>
-    <w:rsid w:val="00591F47"/>
+    <w:rsid w:val="004B32AB"/>
+    <w:rsid w:val="004C3676"/>
+    <w:rsid w:val="004D3F2E"/>
+    <w:rsid w:val="004E37C5"/>
+    <w:rsid w:val="0050358C"/>
+    <w:rsid w:val="00505DA5"/>
+    <w:rsid w:val="005527E3"/>
+    <w:rsid w:val="00556629"/>
+    <w:rsid w:val="00562557"/>
+    <w:rsid w:val="00562E48"/>
+    <w:rsid w:val="0056672E"/>
+    <w:rsid w:val="005818CA"/>
+    <w:rsid w:val="005935A6"/>
+    <w:rsid w:val="005A5880"/>
+    <w:rsid w:val="005C5AEC"/>
+    <w:rsid w:val="005F0AEF"/>
     <w:rsid w:val="005F5F87"/>
     <w:rsid w:val="006000D5"/>
+    <w:rsid w:val="00607A25"/>
+    <w:rsid w:val="00622FED"/>
+    <w:rsid w:val="00624E59"/>
+    <w:rsid w:val="0062524E"/>
+    <w:rsid w:val="00625B82"/>
+    <w:rsid w:val="00625C4C"/>
+    <w:rsid w:val="00626F06"/>
+    <w:rsid w:val="0063731D"/>
+    <w:rsid w:val="00666F28"/>
+    <w:rsid w:val="00691123"/>
+    <w:rsid w:val="006A7DF1"/>
+    <w:rsid w:val="006B6AFA"/>
+    <w:rsid w:val="006C28B1"/>
+    <w:rsid w:val="006D6F4F"/>
+    <w:rsid w:val="006F16DE"/>
+    <w:rsid w:val="006F3325"/>
     <w:rsid w:val="006F6D0A"/>
+    <w:rsid w:val="00714DF1"/>
+    <w:rsid w:val="00716AEF"/>
+    <w:rsid w:val="00722DFF"/>
+    <w:rsid w:val="00742D1B"/>
+    <w:rsid w:val="007454EA"/>
     <w:rsid w:val="00752EBE"/>
+    <w:rsid w:val="007617ED"/>
     <w:rsid w:val="00764F52"/>
     <w:rsid w:val="00775A2A"/>
+    <w:rsid w:val="00791260"/>
+    <w:rsid w:val="007A07A6"/>
     <w:rsid w:val="007A401F"/>
+    <w:rsid w:val="007A7EA1"/>
     <w:rsid w:val="007B18E5"/>
+    <w:rsid w:val="007B4B88"/>
     <w:rsid w:val="007C25B4"/>
+    <w:rsid w:val="007C475A"/>
+    <w:rsid w:val="007F60AF"/>
+    <w:rsid w:val="007F63B0"/>
     <w:rsid w:val="00800CAE"/>
+    <w:rsid w:val="0080631A"/>
     <w:rsid w:val="00807A93"/>
+    <w:rsid w:val="00820B90"/>
+    <w:rsid w:val="00827627"/>
+    <w:rsid w:val="008334EF"/>
+    <w:rsid w:val="0084434A"/>
     <w:rsid w:val="00845E05"/>
     <w:rsid w:val="00845E7D"/>
+    <w:rsid w:val="00865245"/>
+    <w:rsid w:val="00882F2A"/>
+    <w:rsid w:val="008A1FBE"/>
     <w:rsid w:val="008B14BE"/>
+    <w:rsid w:val="008C380A"/>
+    <w:rsid w:val="008C5556"/>
+    <w:rsid w:val="008D0E77"/>
+    <w:rsid w:val="008E6512"/>
+    <w:rsid w:val="008E7CAB"/>
+    <w:rsid w:val="00902052"/>
+    <w:rsid w:val="0090497B"/>
+    <w:rsid w:val="00906B91"/>
+    <w:rsid w:val="009120E5"/>
+    <w:rsid w:val="0092074B"/>
+    <w:rsid w:val="0096419E"/>
+    <w:rsid w:val="00993ADB"/>
+    <w:rsid w:val="00994326"/>
+    <w:rsid w:val="009A410B"/>
     <w:rsid w:val="009A5FBF"/>
+    <w:rsid w:val="009B5187"/>
     <w:rsid w:val="009C224A"/>
+    <w:rsid w:val="009C3D77"/>
+    <w:rsid w:val="009D7BC8"/>
     <w:rsid w:val="009E2901"/>
+    <w:rsid w:val="009F244A"/>
+    <w:rsid w:val="00A058FD"/>
     <w:rsid w:val="00A16B42"/>
     <w:rsid w:val="00A511D7"/>
+    <w:rsid w:val="00A5393E"/>
+    <w:rsid w:val="00A56A2B"/>
+    <w:rsid w:val="00A6032C"/>
+    <w:rsid w:val="00A61FF0"/>
+    <w:rsid w:val="00A80329"/>
+    <w:rsid w:val="00A856DA"/>
+    <w:rsid w:val="00A94182"/>
+    <w:rsid w:val="00A941FA"/>
     <w:rsid w:val="00AB6DD7"/>
+    <w:rsid w:val="00AC33EB"/>
+    <w:rsid w:val="00AC497E"/>
+    <w:rsid w:val="00AF40DA"/>
+    <w:rsid w:val="00AF719B"/>
+    <w:rsid w:val="00B066D3"/>
+    <w:rsid w:val="00B22004"/>
     <w:rsid w:val="00B44912"/>
+    <w:rsid w:val="00B5116C"/>
+    <w:rsid w:val="00B62A8E"/>
     <w:rsid w:val="00B77B15"/>
+    <w:rsid w:val="00B959D2"/>
+    <w:rsid w:val="00BA6904"/>
+    <w:rsid w:val="00BA6E9F"/>
+    <w:rsid w:val="00BB6183"/>
+    <w:rsid w:val="00BB6398"/>
+    <w:rsid w:val="00BC08AC"/>
+    <w:rsid w:val="00BF6BC6"/>
+    <w:rsid w:val="00C22EF0"/>
+    <w:rsid w:val="00C230F5"/>
+    <w:rsid w:val="00C3393E"/>
+    <w:rsid w:val="00C344C0"/>
+    <w:rsid w:val="00C53D37"/>
+    <w:rsid w:val="00C558F5"/>
+    <w:rsid w:val="00C57ED4"/>
     <w:rsid w:val="00C808B0"/>
+    <w:rsid w:val="00C92E21"/>
+    <w:rsid w:val="00CA2948"/>
+    <w:rsid w:val="00CB1DB7"/>
+    <w:rsid w:val="00CB1EB7"/>
+    <w:rsid w:val="00CD0F65"/>
+    <w:rsid w:val="00CD1019"/>
+    <w:rsid w:val="00CE5D0B"/>
+    <w:rsid w:val="00CF3637"/>
+    <w:rsid w:val="00CF4BEA"/>
+    <w:rsid w:val="00D03AAF"/>
     <w:rsid w:val="00D07414"/>
+    <w:rsid w:val="00D4390B"/>
+    <w:rsid w:val="00D47DC5"/>
+    <w:rsid w:val="00D50128"/>
+    <w:rsid w:val="00D861C8"/>
+    <w:rsid w:val="00D973A1"/>
+    <w:rsid w:val="00DB57CC"/>
+    <w:rsid w:val="00DC1BCC"/>
+    <w:rsid w:val="00DD3873"/>
     <w:rsid w:val="00DF1024"/>
+    <w:rsid w:val="00DF1343"/>
+    <w:rsid w:val="00E02C11"/>
+    <w:rsid w:val="00E42125"/>
+    <w:rsid w:val="00E42B12"/>
+    <w:rsid w:val="00E518C0"/>
+    <w:rsid w:val="00E56151"/>
+    <w:rsid w:val="00E6592F"/>
+    <w:rsid w:val="00E72746"/>
+    <w:rsid w:val="00E72AD3"/>
+    <w:rsid w:val="00E95B5A"/>
+    <w:rsid w:val="00E96039"/>
+    <w:rsid w:val="00EA370F"/>
+    <w:rsid w:val="00EA45D8"/>
     <w:rsid w:val="00EA5654"/>
+    <w:rsid w:val="00EB268C"/>
+    <w:rsid w:val="00EB2810"/>
+    <w:rsid w:val="00EE471D"/>
+    <w:rsid w:val="00EF1375"/>
+    <w:rsid w:val="00EF7EAD"/>
+    <w:rsid w:val="00F015DB"/>
+    <w:rsid w:val="00F163DC"/>
+    <w:rsid w:val="00F23977"/>
+    <w:rsid w:val="00F30853"/>
+    <w:rsid w:val="00F33DCA"/>
     <w:rsid w:val="00F50AD6"/>
+    <w:rsid w:val="00F52F2E"/>
+    <w:rsid w:val="00F55307"/>
+    <w:rsid w:val="00F87F78"/>
+    <w:rsid w:val="00FC3250"/>
+    <w:rsid w:val="00FD5973"/>
+    <w:rsid w:val="00FF125C"/>
+    <w:rsid w:val="00FF7972"/>
+    <w:rsid w:val="01CD71DF"/>
+    <w:rsid w:val="04578F32"/>
+    <w:rsid w:val="06D496C4"/>
+    <w:rsid w:val="0755BF55"/>
+    <w:rsid w:val="079DA931"/>
+    <w:rsid w:val="08B49805"/>
+    <w:rsid w:val="0F55C2E4"/>
+    <w:rsid w:val="1074DEBA"/>
+    <w:rsid w:val="10D26281"/>
+    <w:rsid w:val="150B52C8"/>
+    <w:rsid w:val="151347EF"/>
+    <w:rsid w:val="1CEC205C"/>
+    <w:rsid w:val="1E43401E"/>
+    <w:rsid w:val="212BA5C0"/>
+    <w:rsid w:val="246FA331"/>
+    <w:rsid w:val="31EBBADE"/>
+    <w:rsid w:val="341EA76A"/>
+    <w:rsid w:val="341FF543"/>
+    <w:rsid w:val="34AA1BFA"/>
+    <w:rsid w:val="388EE9E4"/>
+    <w:rsid w:val="3A1B6DFD"/>
+    <w:rsid w:val="3BBF6728"/>
+    <w:rsid w:val="3D467483"/>
+    <w:rsid w:val="40AE5194"/>
+    <w:rsid w:val="4104942D"/>
+    <w:rsid w:val="44408C84"/>
+    <w:rsid w:val="4500C9A2"/>
+    <w:rsid w:val="45DC883E"/>
+    <w:rsid w:val="4863281E"/>
+    <w:rsid w:val="4C38CCE6"/>
+    <w:rsid w:val="50B0756F"/>
+    <w:rsid w:val="538DE249"/>
+    <w:rsid w:val="55131BA2"/>
+    <w:rsid w:val="55E70484"/>
+    <w:rsid w:val="59577F40"/>
+    <w:rsid w:val="5E64A412"/>
+    <w:rsid w:val="6231D40D"/>
+    <w:rsid w:val="63A1D1FF"/>
+    <w:rsid w:val="6411E68A"/>
+    <w:rsid w:val="65942CED"/>
+    <w:rsid w:val="65FCC82D"/>
+    <w:rsid w:val="6C1FFE51"/>
+    <w:rsid w:val="7030A532"/>
+    <w:rsid w:val="7242885F"/>
+    <w:rsid w:val="76816C7F"/>
+    <w:rsid w:val="7708DD67"/>
+    <w:rsid w:val="77CEB265"/>
+    <w:rsid w:val="77D26445"/>
+    <w:rsid w:val="7A2993E7"/>
+    <w:rsid w:val="7B0E9EC9"/>
+    <w:rsid w:val="7FC5445E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20A0E714"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DB1492D4-6BF4-4787-9C6B-498DB9DB3287}"/>
+  <w15:docId w15:val="{365E5556-649C-49AB-8BEB-69BC0464E5C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4100,51 +6910,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -4196,62 +7005,634 @@
     <w:rsid w:val="00C808B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C808B0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009C224A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0062524E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00622FED"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00622FED"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="53049918">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="241641472">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1303150011">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="242178136">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="732508511">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="608467777">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="132528294">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1193811549">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1048184414">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1096362806">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1442187372">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="74324232">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="300"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1091976540">
+                                      <w:marLeft w:val="285"/>
+                                      <w:marRight w:val="285"/>
+                                      <w:marTop w:val="195"/>
+                                      <w:marBottom w:val="195"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1580555914">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="1190528635">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="795876262">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="231355764">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="943343524">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="432825666">
+                                  <w:marLeft w:val="150"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="150"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="877425412">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2105304153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="416174836">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="583339313">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="450132334">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                        <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="177473293">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="606891563">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1295062095">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1381830836">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="2009166918">
+                                  <w:marLeft w:val="150"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="150"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                        <w:div w:id="1347636703">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="227958779">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1744790195">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="300"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="363018964">
+                                      <w:marLeft w:val="285"/>
+                                      <w:marRight w:val="285"/>
+                                      <w:marTop w:val="195"/>
+                                      <w:marBottom w:val="195"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="794375549">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1590505635">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1349333852">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="120265952">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1703704402">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1428579252">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1557929423">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4521,180 +7902,270 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
+  <xsnLocation/>
+  <cached>True</cached>
+  <openByDefault>True</openByDefault>
+  <xsnScope/>
+</customXsn>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="16e2abe0-1689-4d14-b670-48dfa93481e9"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CandC Document" ma:contentTypeID="0x01010057D23C1646FA00468E811297539AC752003274CACA257CC543A4D83D585CB10506" ma:contentTypeVersion="18" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="4ef05c6af86bd10bb560d9925b209593">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3392ad9b-804e-44c4-9370-4142c7c642c8" xmlns:ns3="33fdcc71-e7b5-40b9-a3fb-80c6062658cd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b81473ef3433b6c1c9183b472e5a2d6" ns2:_="" ns3:_="">
+    <xsd:import namespace="3392ad9b-804e-44c4-9370-4142c7c642c8"/>
+    <xsd:import namespace="33fdcc71-e7b5-40b9-a3fb-80c6062658cd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns2:SubjectMatter" minOccurs="0"/>
+                <xsd:element ref="ns2:SentReceived"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2e53f7bb-87d0-4e1a-a6d1-4c3b647e4d1c" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3392ad9b-804e-44c4-9370-4142c7c642c8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="SubjectMatter" ma:index="11" nillable="true" ma:displayName="Subject Matter" ma:description="Short description of content" ma:internalName="SubjectMatter">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...10 lines deleted...]
-          <xsd:maxLength value="255"/>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="150"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="SentReceived" ma:index="12" ma:displayName="Sent Received" ma:default="[today]" ma:description="Chronology - date entered controls order of documents displayed" ma:format="DateTime" ma:indexed="true" ma:internalName="SentReceived">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="14" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="18" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="27" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f21d87a1-e4c7-4d74-b80b-8dcd595074fd}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3392ad9b-804e-44c4-9370-4142c7c642c8">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="33fdcc71-e7b5-40b9-a3fb-80c6062658cd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="16" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="21" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="22" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="26" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="bd8d7fc4-e056-491b-b14d-914997007d27" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4739,124 +8210,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <SentReceived xmlns="3392ad9b-804e-44c4-9370-4142c7c642c8">2020-02-06T09:49:00+00:00</SentReceived>
+    <SubjectMatter xmlns="3392ad9b-804e-44c4-9370-4142c7c642c8" xsi:nil="true"/>
+    <TaxCatchAll xmlns="3392ad9b-804e-44c4-9370-4142c7c642c8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="33fdcc71-e7b5-40b9-a3fb-80c6062658cd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{383A89B3-0C83-4849-8056-414FD5A80FBC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{820A8AB8-FB95-4FAA-B7D7-A71C30DD34FF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FDEE900-8467-4191-952F-83FD09020536}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30019535-BFF7-4E1A-99F3-95959CA00C23}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAF3A47B-6ADA-4E6B-B4C6-57354C0EA897}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="2e53f7bb-87d0-4e1a-a6d1-4c3b647e4d1c"/>
-    <ds:schemaRef ds:uri="16e2abe0-1689-4d14-b670-48dfa93481e9"/>
+    <ds:schemaRef ds:uri="3392ad9b-804e-44c4-9370-4142c7c642c8"/>
+    <ds:schemaRef ds:uri="33fdcc71-e7b5-40b9-a3fb-80c6062658cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{201D7BAD-A35E-4A99-917D-4D31BF3E0B3A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3392ad9b-804e-44c4-9370-4142c7c642c8"/>
+    <ds:schemaRef ds:uri="33fdcc71-e7b5-40b9-a3fb-80c6062658cd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6959</Characters>
+  <Pages>5</Pages>
+  <Words>1805</Words>
+  <Characters>9261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>402</Lines>
+  <Paragraphs>190</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8163</CharactersWithSpaces>
+  <CharactersWithSpaces>10876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Sara Murdoch</dc:creator>
+  <dc:creator>Paula Betts (Legal (Conveyancing and Commercial))</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100D8BE436619591D47A7E6A9ED2EC0A7AB</vt:lpwstr>
+    <vt:lpwstr>0x01010057D23C1646FA00468E811297539AC752003274CACA257CC543A4D83D585CB10506</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>