--- v0 (2026-02-17)
+++ v1 (2026-03-09)
@@ -1,62 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6FFF1D56" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009B31BA">
+    <w:p w14:paraId="6FFF1D56" w14:textId="12B91B2F" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009B31BA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Long Term Empty Property </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6644">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Discretionary Relief </w:t>
       </w:r>
       <w:r w:rsidR="00D95C22" w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29155E0F" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009C7F89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -548,99 +555,148 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C72357E" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="647ADE7D" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="525D582E" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002F239A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
               <w:ind w:left="100" w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:position w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Although failing to currently meet the 25 day occupancy criteria for second home status the owner can provide evidence of 25 days occupancy for prior years and the immediate preceding year.</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="58B658B2" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+            <w:r w:rsidR="002F239A" w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The property is taking a long time to sell / let in a stagnant market despite being priced accordingly. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620CC010" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
               <w:ind w:left="100" w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-                <w:spacing w:val="1"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Increase can be delayed for a further one year. </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Evidence of reduction in selling price / rental charges can be used as an indicator.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E312079" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="900"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
+              <w:ind w:left="100" w:right="343"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Evidence of similar properties within the area remaining unsold/let.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58B658B2" w14:textId="5DB782B2" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="900"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
+              <w:ind w:left="100" w:right="343"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Increase can be delayed for a further one year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="66758518" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
@@ -652,121 +708,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="3A868DF7" w14:textId="77777777" w:rsidTr="002E6EA5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55ED8389" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="7F6CD3E4" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002F239A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
               <w:ind w:left="100" w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">The property is taking a long time to sell / let in a stagnant market despite being priced accordingly. </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="13DC0DF7" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+            <w:r w:rsidR="002F239A" w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The owner has agreed with the Council</w:t>
+            </w:r>
+            <w:r w:rsidR="002F239A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F239A" w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to take positive steps to re-occupy the property. This would include request for grant assistance.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D09C658" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
               <w:ind w:left="100" w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Evidence of reduction in selling price / rental charges can be used as an indicator.</w:t>
+              <w:t>Provide details of assistance requested from the empty homes officer.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C10857C" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
-[...22 lines deleted...]
-          <w:p w14:paraId="20DDCE33" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="20DDCE33" w14:textId="4B0AE2D4" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
               <w:ind w:left="100" w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Increase can be delayed for a further one year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
@@ -777,299 +829,500 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="783C4095" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="4AF52B63" w14:textId="77777777" w:rsidTr="002E6EA5">
-[...134 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A8E4D3B" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009C7F89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0035A93A" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009C7F89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25A9D2EA" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="00D95C22">
+    <w:p w14:paraId="25A9D2EA" w14:textId="77777777" w:rsidR="00672EB3" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="00D95C22">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Signed…………………………………………………                Date…………………………</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008E65E4" w:rsidRPr="00D95C22" w:rsidSect="00E66362">
+    <w:sectPr w:rsidR="00672EB3" w:rsidRPr="00D95C22" w:rsidSect="00E66362">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11908" w:h="16833"/>
       <w:pgMar w:top="566" w:right="850" w:bottom="283" w:left="850" w:header="566" w:footer="283" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20D77EA5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A86A948E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A3673B2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="99246B48"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1259799712">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="463935031">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C7F89"/>
+    <w:rsid w:val="0021730D"/>
+    <w:rsid w:val="002F239A"/>
+    <w:rsid w:val="003000CA"/>
     <w:rsid w:val="00446E63"/>
+    <w:rsid w:val="00672EB3"/>
     <w:rsid w:val="009B31BA"/>
     <w:rsid w:val="009C7F89"/>
     <w:rsid w:val="00A44C18"/>
+    <w:rsid w:val="00AD6644"/>
+    <w:rsid w:val="00BB3116"/>
+    <w:rsid w:val="00D654F6"/>
     <w:rsid w:val="00D95C22"/>
     <w:rsid w:val="00F62A6B"/>
     <w:rsid w:val="00F637DE"/>
     <w:rsid w:val="00F9779C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1531,51 +1784,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009B31BA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1824,73 +2077,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>207</Words>
-  <Characters>1182</Characters>
+  <Words>181</Words>
+  <Characters>989</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>47</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fujitsu</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1387</CharactersWithSpaces>
+  <CharactersWithSpaces>1151</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Long Term Empty Property Discretion Application form</dc:title>
   <dc:creator>Gillian Macrae</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>