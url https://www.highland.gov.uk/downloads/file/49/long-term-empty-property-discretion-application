--- v1 (2026-03-09)
+++ v2 (2026-03-30)
@@ -1,974 +1,1078 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6FFF1D56" w14:textId="12B91B2F" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009B31BA">
+    <w:p w14:paraId="6FFF1D56" w14:textId="33083B75" w:rsidR="009C7F89" w:rsidRDefault="009C7F89" w:rsidP="009B31BA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Long Term Empty Property </w:t>
+        <w:t>Long Term Empty Property</w:t>
       </w:r>
       <w:r w:rsidR="00AD6644">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Discretionary Relief </w:t>
       </w:r>
       <w:r w:rsidR="00D95C22" w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29155E0F" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009C7F89">
+    <w:p w14:paraId="29155E0F" w14:textId="1E13507C" w:rsidR="009C7F89" w:rsidRPr="00355B4D" w:rsidRDefault="00355B4D" w:rsidP="00355B4D">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Your details</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1235"/>
         <w:gridCol w:w="2258"/>
         <w:gridCol w:w="6005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="4B5E7F20" w14:textId="77777777" w:rsidTr="002E6EA5">
+      <w:tr w:rsidR="00E95C94" w:rsidRPr="00D95C22" w14:paraId="61249220" w14:textId="77777777" w:rsidTr="002566B8">
         <w:trPr>
           <w:trHeight w:val="588"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33C63BFE" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="739ACA38" w14:textId="77777777" w:rsidR="00E95C94" w:rsidRPr="007D4086" w:rsidRDefault="00E95C94" w:rsidP="002566B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Council Tax Reference Number </w:t>
+              <w:t>Council Tax Reference Number</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56F8513E" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
-[...14 lines deleted...]
-          </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Council Tax Reference Number"/>
+            <w:tag w:val="Council Tax Reference Number"/>
+            <w:id w:val="19590426"/>
+            <w:placeholder>
+              <w:docPart w:val="658D0EDA126B49D39050BC4BC9DEE173"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6005" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="144CCB6B" w14:textId="77777777" w:rsidR="00E95C94" w:rsidRPr="00D95C22" w:rsidRDefault="00E95C94" w:rsidP="002566B8">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="7F7C4FAD" w14:textId="77777777" w:rsidTr="002E6EA5">
+      <w:tr w:rsidR="00E95C94" w:rsidRPr="00D95C22" w14:paraId="7D3B69FA" w14:textId="77777777" w:rsidTr="002566B8">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="033FBBE1" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="5306AFB0" w14:textId="77777777" w:rsidR="00E95C94" w:rsidRPr="00D95C22" w:rsidRDefault="00E95C94" w:rsidP="002566B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Name of person liable to pay council tax</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Name of person liable to pay council tax"/>
+            <w:tag w:val="Name of person liable to pay council tax"/>
+            <w:id w:val="1848443655"/>
+            <w:placeholder>
+              <w:docPart w:val="893156326957474AAC9545CE667E4349"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6005" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="428ED984" w14:textId="77777777" w:rsidR="00E95C94" w:rsidRPr="00D95C22" w:rsidRDefault="00E95C94" w:rsidP="002566B8">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="69D9E331" w14:textId="77777777" w:rsidTr="002E6EA5">
+      <w:tr w:rsidR="00E95C94" w:rsidRPr="00D95C22" w14:paraId="767F72D6" w14:textId="77777777" w:rsidTr="002566B8">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F0992DC" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="6B5D9188" w14:textId="77777777" w:rsidR="00E95C94" w:rsidRPr="00D95C22" w:rsidRDefault="00E95C94" w:rsidP="002566B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...30 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Property address"/>
+            <w:tag w:val="Property address"/>
+            <w:id w:val="-351878862"/>
+            <w:placeholder>
+              <w:docPart w:val="893156326957474AAC9545CE667E4349"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="8263" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7FA4F607" w14:textId="77777777" w:rsidR="00E95C94" w:rsidRPr="00D95C22" w:rsidRDefault="00E95C94" w:rsidP="002566B8">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66EDCA0E" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009C7F89">
+    <w:p w14:paraId="1369E8BA" w14:textId="77777777" w:rsidR="00E00139" w:rsidRDefault="00E00139" w:rsidP="002566B8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Property circumstances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6111D20E" w14:textId="77777777" w:rsidR="00E00139" w:rsidRDefault="00E00139" w:rsidP="00390613">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Please tick if applicable:</w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>complete each section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="49E6204E" w14:textId="77777777" w:rsidTr="002E6EA5">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6D7392" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
-[...13 lines deleted...]
-          <w:p w14:paraId="40F784E0" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="72B1613C" w14:textId="30F6769A" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:after="0" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:position w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:position w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>The owner is finishing renovations prior to moving in/selling/letting and can demonstrate that these works are progressing and will be complete within the time frame of the building warrant.</w:t>
+              <w:t xml:space="preserve">The owner is finishing renovations prior to moving in/selling/letting and can demonstrate that these works are progressing and will be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:position w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>complete</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D95C22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:position w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> within the time frame of the building warrant.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72B1613C" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="362F6F27" w14:textId="77777777" w:rsidR="001D3F39" w:rsidRDefault="009C7F89" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:after="0" w:line="307" w:lineRule="auto"/>
-[...18 lines deleted...]
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:position w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:position w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Provide details of the nature of the work, anticipated completion date and the relevant building warrant application number.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14DA152F" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
+          <w:p w14:paraId="0D6B6506" w14:textId="43768DEC" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:after="0" w:line="307" w:lineRule="auto"/>
-[...18 lines deleted...]
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:position w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Increase can be delayed for a further one year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...43 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Provide details of renovations being carried out"/>
+            <w:tag w:val="Provide details of renovations being carried out"/>
+            <w:id w:val="-366066772"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3544" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+              </w:tcPr>
+              <w:p w14:paraId="21F4DD9A" w14:textId="29D0956C" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="00B074AC" w:rsidP="002E6EA5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
       <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="457FE128" w14:textId="77777777" w:rsidTr="002E6EA5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C72357E" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002E6EA5">
-[...13 lines deleted...]
-          <w:p w14:paraId="525D582E" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002F239A">
+          <w:p w14:paraId="525D582E" w14:textId="6BC987F7" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-                <w:spacing w:val="1"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">The property is taking a long time to sell / let in a stagnant market despite being priced accordingly. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="620CC010" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
+          <w:p w14:paraId="620CC010" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Evidence of reduction in selling price / rental charges can be used as an indicator.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E312079" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
+          <w:p w14:paraId="1E312079" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Evidence of similar properties within the area remaining unsold/let.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58B658B2" w14:textId="5DB782B2" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
+          <w:p w14:paraId="58B658B2" w14:textId="5DB782B2" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Increase can be delayed for a further one year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Provide details of difficulties in selling or letting the property"/>
+            <w:tag w:val="Provide details of renovations being carried out"/>
+            <w:id w:val="-841537763"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3544" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+              </w:tcPr>
+              <w:p w14:paraId="66758518" w14:textId="625FD8A4" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="00B074AC" w:rsidP="002E6EA5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
       <w:tr w:rsidR="009C7F89" w:rsidRPr="00D95C22" w14:paraId="3A868DF7" w14:textId="77777777" w:rsidTr="002E6EA5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F6CD3E4" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="002F239A">
+          <w:p w14:paraId="7F6CD3E4" w14:textId="5DE352A6" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>The owner has agreed with the Council</w:t>
             </w:r>
-            <w:r w:rsidR="002F239A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002F239A" w:rsidRPr="00D95C22">
+            <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>to take positive steps to re-occupy the property. This would include request for grant assistance.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D09C658" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
+          <w:p w14:paraId="0D09C658" w14:textId="77777777" w:rsidR="002F239A" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Provide details of assistance requested from the empty homes officer.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20DDCE33" w14:textId="4B0AE2D4" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="002F239A">
+          <w:p w14:paraId="20DDCE33" w14:textId="4B0AE2D4" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="002F239A" w:rsidP="001D3F39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:before="4" w:line="307" w:lineRule="auto"/>
-              <w:ind w:left="100" w:right="343"/>
+              <w:spacing w:before="4" w:after="120" w:line="307" w:lineRule="auto"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Increase can be delayed for a further one year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Provide details of assistance requested from the empty homes officer."/>
+            <w:tag w:val="Provide details of assistance requested from the empty homes officer."/>
+            <w:id w:val="-1637028612"/>
+            <w:placeholder>
+              <w:docPart w:val="4E5EB3A85FAC458CB26F51D96C3D11E1"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3544" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+              </w:tcPr>
+              <w:p w14:paraId="783C4095" w14:textId="3FFA005D" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="001D3F39" w:rsidP="002E6EA5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A8E4D3B" w14:textId="77777777" w:rsidR="009C7F89" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="009C7F89">
-[...29 lines deleted...]
-    <w:p w14:paraId="25A9D2EA" w14:textId="77777777" w:rsidR="00672EB3" w:rsidRPr="00D95C22" w:rsidRDefault="009C7F89" w:rsidP="00D95C22">
+    <w:p w14:paraId="25A9D2EA" w14:textId="12B330DD" w:rsidR="00672EB3" w:rsidRPr="00D95C22" w:rsidRDefault="00AB56C3" w:rsidP="00D95C22">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D95C22">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Signed…………………………………………………                Date…………………………</w:t>
+        <w:pict w14:anchorId="63CEE1A4">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
+            <v:imagedata r:id="rId5" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{8F09AA24-1012-4959-81C8-5634E5FE7281}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00672EB3" w:rsidRPr="00D95C22" w:rsidSect="00E66362">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11908" w:h="16833"/>
       <w:pgMar w:top="566" w:right="850" w:bottom="283" w:left="850" w:header="566" w:footer="283" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20D77EA5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A86A948E"/>
     <w:lvl w:ilvl="0">
@@ -1256,95 +1360,108 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1259799712">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="463935031">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C7F89"/>
+    <w:rsid w:val="000D319F"/>
+    <w:rsid w:val="001D3F39"/>
     <w:rsid w:val="0021730D"/>
     <w:rsid w:val="002F239A"/>
     <w:rsid w:val="003000CA"/>
+    <w:rsid w:val="00355B4D"/>
+    <w:rsid w:val="00390613"/>
     <w:rsid w:val="00446E63"/>
+    <w:rsid w:val="005D1A34"/>
     <w:rsid w:val="00672EB3"/>
+    <w:rsid w:val="008C746D"/>
     <w:rsid w:val="009B31BA"/>
     <w:rsid w:val="009C7F89"/>
     <w:rsid w:val="00A44C18"/>
+    <w:rsid w:val="00AB56C3"/>
     <w:rsid w:val="00AD6644"/>
+    <w:rsid w:val="00B074AC"/>
     <w:rsid w:val="00BB3116"/>
     <w:rsid w:val="00D654F6"/>
+    <w:rsid w:val="00D85F03"/>
     <w:rsid w:val="00D95C22"/>
+    <w:rsid w:val="00DF35AC"/>
+    <w:rsid w:val="00E00139"/>
+    <w:rsid w:val="00E95C94"/>
     <w:rsid w:val="00F62A6B"/>
     <w:rsid w:val="00F637DE"/>
     <w:rsid w:val="00F9779C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="04C29C01"/>
   <w15:docId w15:val="{AFBB5075-2B93-4CBE-83A6-94269CAC9B56}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -1719,116 +1836,854 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009C7F89"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009B31BA"/>
+    <w:rsid w:val="00390613"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="0"/>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000D319F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="009B31BA"/>
+    <w:rsid w:val="00390613"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000D319F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E95C94"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="658D0EDA126B49D39050BC4BC9DEE173"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2428007B-E30B-4D83-B5F7-5E0D76E8DBA3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E4F4E" w:rsidRDefault="00FB0A97" w:rsidP="00FB0A97">
+          <w:pPr>
+            <w:pStyle w:val="658D0EDA126B49D39050BC4BC9DEE173"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="893156326957474AAC9545CE667E4349"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B2AA3620-1048-4A05-A1C6-8D832C271FC3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E4F4E" w:rsidRDefault="00FB0A97" w:rsidP="00FB0A97">
+          <w:pPr>
+            <w:pStyle w:val="893156326957474AAC9545CE667E4349"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4E5EB3A85FAC458CB26F51D96C3D11E1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{75C0C07B-710E-40E4-AE9B-16047F1531DE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E4F4E" w:rsidRDefault="00FB0A97" w:rsidP="00FB0A97">
+          <w:pPr>
+            <w:pStyle w:val="4E5EB3A85FAC458CB26F51D96C3D11E1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC1BB786-1116-4FFC-B228-A105E04812BC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000E4F4E" w:rsidRDefault="00FB0A97">
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00FB0A97"/>
+    <w:rsid w:val="000E4F4E"/>
+    <w:rsid w:val="008C746D"/>
+    <w:rsid w:val="009118A6"/>
+    <w:rsid w:val="00D85F03"/>
+    <w:rsid w:val="00FB0A97"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FB0A97"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="658D0EDA126B49D39050BC4BC9DEE173">
+    <w:name w:val="658D0EDA126B49D39050BC4BC9DEE173"/>
+    <w:rsid w:val="00FB0A97"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="893156326957474AAC9545CE667E4349">
+    <w:name w:val="893156326957474AAC9545CE667E4349"/>
+    <w:rsid w:val="00FB0A97"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E5EB3A85FAC458CB26F51D96C3D11E1">
+    <w:name w:val="4E5EB3A85FAC458CB26F51D96C3D11E1"/>
+    <w:rsid w:val="00FB0A97"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2077,75 +2932,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>181</Words>
-  <Characters>989</Characters>
+  <Words>221</Words>
+  <Characters>1121</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>19</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>36</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fujitsu</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1151</CharactersWithSpaces>
+  <CharactersWithSpaces>1320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Long Term Empty Property Discretion Application form</dc:title>
   <dc:creator>Gillian Macrae</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>