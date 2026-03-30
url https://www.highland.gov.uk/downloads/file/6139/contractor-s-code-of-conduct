--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1305,381 +1305,412 @@
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="416CDFC9" w14:textId="77777777" w:rsidR="007563A7" w:rsidRPr="004165DC" w:rsidRDefault="007563A7" w:rsidP="00C05875">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B668C58" w14:textId="77777777" w:rsidR="00195E3C" w:rsidRPr="004165DC" w:rsidRDefault="00195E3C" w:rsidP="00C05875">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6257B402" w14:textId="77777777" w:rsidR="00195E3C" w:rsidRPr="004165DC" w:rsidRDefault="00195E3C" w:rsidP="00C05875">
+    <w:p w14:paraId="56A76005" w14:textId="77777777" w:rsidR="007563A7" w:rsidRPr="004165DC" w:rsidRDefault="007563A7" w:rsidP="00E2090B">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="360"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="780617A1" w14:textId="77777777" w:rsidR="007563A7" w:rsidRPr="004165DC" w:rsidRDefault="007563A7" w:rsidP="00C05875">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CB787E" w14:textId="77777777" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2.2 Communication</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DA2A41" w14:textId="77777777" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>Introduce yourself clearly at every visit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0493C71A" w14:textId="77777777" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>Explain the work to be undertaken, the likely timescales, and any potential disruption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B669D49" w14:textId="26D683C8" w:rsidR="007563A7" w:rsidRPr="004165DC" w:rsidRDefault="007563A7">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve">Contractors must </w:t>
+      </w:r>
+      <w:r w:rsidR="00540CF0" w:rsidRPr="004165DC">
+        <w:t>give</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00540CF0" w:rsidRPr="004165DC">
+        <w:t>a summary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve"> of the work undertaken (including contact number for any follow-up) before departure. If work is incomplete, the tenant must be informed of when and how follow-up work will occur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3449D400" w14:textId="3F0CCF62" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve">Communicate changes or delays promptly to </w:t>
+      </w:r>
+      <w:r w:rsidR="00196A26" w:rsidRPr="004165DC">
+        <w:t>tenants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve"> and the Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5316AC8B" w14:textId="282E4CD7" w:rsidR="007563A7" w:rsidRDefault="007563A7">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>If unable to attend an appointment, the contractor must notify the tenant and Highland Council immediately, with an explanation and revised appointment time. Repeated failure to notify will trigger a formal warning.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0448DE" w14:textId="77777777" w:rsidR="00F766A7" w:rsidRDefault="00F766A7" w:rsidP="00F766A7">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="360"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="56A76005" w14:textId="77777777" w:rsidR="007563A7" w:rsidRPr="004165DC" w:rsidRDefault="007563A7" w:rsidP="00E2090B">
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A41C753" w14:textId="45D75C93" w:rsidR="00F766A7" w:rsidRPr="004165DC" w:rsidRDefault="00F766A7" w:rsidP="00F766A7">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Business Email Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FC488C" w14:textId="77777777" w:rsidR="00F766A7" w:rsidRPr="00F766A7" w:rsidRDefault="00F766A7" w:rsidP="00F766A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="300" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F766A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>All subcontractors on the Trades Framework must provide a dedicated business email address for communication with the Council. Personal email accounts must not be used for operational, scheduling, or data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F766A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>related correspondence.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F766A7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Exceptions may be granted for sole traders where a business email is not reasonably available, and only with approved justification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7938A1BA" w14:textId="10364C4E" w:rsidR="00F766A7" w:rsidRPr="004165DC" w:rsidRDefault="00F766A7" w:rsidP="00F766A7">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-[...116 lines deleted...]
-    <w:p w14:paraId="1A291E4F" w14:textId="77777777" w:rsidR="006B59F7" w:rsidRPr="004165DC" w:rsidRDefault="006B59F7" w:rsidP="006B59F7">
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ECD2495" w14:textId="78D47C72" w:rsidR="00F766A7" w:rsidRPr="004165DC" w:rsidRDefault="00F766A7" w:rsidP="00F766A7">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3F07B4EC" w14:textId="56E50A8E" w:rsidR="006B59F7" w:rsidRPr="004165DC" w:rsidRDefault="006B59F7" w:rsidP="006B59F7">
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F56D1E4" w14:textId="160E5993" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>2.4 Repair-First Principle</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="60B42B53" w14:textId="40CAC749" w:rsidR="006B59F7" w:rsidRDefault="006B59F7" w:rsidP="006B59F7">
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F766A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Appearance and Identification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BED768" w14:textId="77777777" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>Maintain a clean, professional appearance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE2215E" w14:textId="7B26828E" w:rsidR="00A754D6" w:rsidRPr="004165DC" w:rsidRDefault="00000000" w:rsidP="00195E3C">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve">Always carry your </w:t>
+      </w:r>
+      <w:r w:rsidR="001158F6" w:rsidRPr="004165DC">
+        <w:t xml:space="preserve">company </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>ID badge</w:t>
+      </w:r>
+      <w:r w:rsidR="00C05875" w:rsidRPr="004165DC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A291E4F" w14:textId="77777777" w:rsidR="006B59F7" w:rsidRPr="004165DC" w:rsidRDefault="006B59F7" w:rsidP="006B59F7">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="004165DC">
-[...91 lines deleted...]
-    <w:p w14:paraId="08E2CD5D" w14:textId="77777777" w:rsidR="0026011B" w:rsidRDefault="0026011B" w:rsidP="006B59F7">
+    </w:p>
+    <w:p w14:paraId="3F07B4EC" w14:textId="702727F9" w:rsidR="006B59F7" w:rsidRPr="004165DC" w:rsidRDefault="006B59F7" w:rsidP="006B59F7">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F766A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Repair-First Principle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25881443" w14:textId="2F6B9890" w:rsidR="0026011B" w:rsidRPr="004165DC" w:rsidRDefault="006B59F7" w:rsidP="006B59F7">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-    </w:p>
-[...52 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve">Contractors must seek to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>repair in preference to replace</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve"> where it is safe and practicable to do so and where the outcome will meet required standards. Replacement is appropriate only where:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:br/>
+        <w:t xml:space="preserve">a) the item is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>beyond economical repair (BER)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>; or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:br/>
+        <w:t xml:space="preserve">b) the required part is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>obsolete/unavailable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve"> within a reasonable timeframe; or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:br/>
+        <w:t xml:space="preserve">c) a repair would </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>not comply with statutory safety requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>manufacturer’s guidance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:br/>
+        <w:t xml:space="preserve">Where replacement is proposed, contractors must record the rationale in Connect (or any future system) and obtain prior approval where required by the works order. </w:t>
+      </w:r>
+      <w:r w:rsidR="00540CF0" w:rsidRPr="004165DC">
+        <w:t>Replacement component should be on a like for like basis (</w:t>
+      </w:r>
+      <w:r w:rsidR="00540CF0" w:rsidRPr="004165DC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>or equivalent</w:t>
+      </w:r>
+      <w:r w:rsidR="00540CF0" w:rsidRPr="004165DC">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004165DC">
+        <w:t>The rationale must include: a brief description of the fault, repair options considered, a cost/time comparison, and evidence of parts obsolescence/unavailability.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1E589076" w14:textId="79178E66" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3. Respect for </w:t>
       </w:r>
       <w:r w:rsidR="00196A26" w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Tenants</w:t>
       </w:r>
       <w:r w:rsidRPr="004165DC">
@@ -1979,51 +2010,50 @@
     <w:p w14:paraId="4952D051" w14:textId="210603C7" w:rsidR="00A754D6" w:rsidRPr="004165DC" w:rsidRDefault="00000000" w:rsidP="00195E3C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:lastRenderedPageBreak/>
         <w:t>Breaches may result in removal from the contractors list.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054C45E4" w14:textId="77777777" w:rsidR="000B0B71" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>4. Health, Safety, and Welfare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A37A90" w14:textId="77777777" w:rsidR="005B6533" w:rsidRDefault="005B6533" w:rsidP="005B6533"/>
     <w:p w14:paraId="6988F037" w14:textId="77777777" w:rsidR="005B6533" w:rsidRPr="005B6533" w:rsidRDefault="005B6533" w:rsidP="005B6533">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6533">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Employers have a legal duty to protect your health, safety, and welfare, whether you work for Highland Council or as a contractor. The Housing Service does not accept any form of violence or aggression toward staff and will take all reasonable steps to prevent or reduce these risks. Members of the public are expected to treat staff with courtesy and respect.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45746438" w14:textId="77777777" w:rsidR="005B6533" w:rsidRPr="005B6533" w:rsidRDefault="005B6533" w:rsidP="005B6533">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6533">
@@ -3035,77 +3065,59 @@
     </w:p>
     <w:p w14:paraId="64F94641" w14:textId="3387E7FA" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00196A26">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:t>Tenants should ensure that work areas are clear of furniture and belongings before work begins. If assistance is required, contractors may help move items but cannot accept responsibility for accidental damage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A091B55" w14:textId="1927B2FF" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00196A26">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:t>Tenants must not leave keys hidden or with others for contractors to access properties unattended.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F69B04" w14:textId="7171A41A" w:rsidR="000F300C" w:rsidRDefault="000F300C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:t>Must take photo of front door, with data/time stamp to show that appointment was attended at expected time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EACE113" w14:textId="77777777" w:rsidR="00E2090B" w:rsidRDefault="00E2090B" w:rsidP="00E2090B">
+    <w:p w14:paraId="0FCBD4BB" w14:textId="77777777" w:rsidR="00E2090B" w:rsidRPr="004165DC" w:rsidRDefault="00E2090B" w:rsidP="00E2090B">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F418E3C" w14:textId="77777777" w:rsidR="00E2090B" w:rsidRDefault="00E2090B" w:rsidP="00E2090B">
-[...16 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5A6A5F0C" w14:textId="77777777" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>6. Equality, Diversity, and Inclusion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DCD4107" w14:textId="77777777" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk199420655"/>
       <w:r w:rsidRPr="004165DC">
         <w:t>Treat all individuals fairly and with respect, regardless of race, ethnicity, gender, age, disability, sexual orientation, religion, or belief.</w:t>
       </w:r>
     </w:p>
@@ -3268,81 +3280,73 @@
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:t>Any breaches of conduct, health and safety, or quality standards by subcontractors will be treated as a breach by the</w:t>
       </w:r>
       <w:r w:rsidR="00FD35F7" w:rsidRPr="004165DC">
         <w:t xml:space="preserve"> Principal</w:t>
       </w:r>
       <w:r w:rsidRPr="004165DC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD35F7" w:rsidRPr="004165DC">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="004165DC">
         <w:t>ontractor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66AC3B2E" w14:textId="3696CC66" w:rsidR="007302AD" w:rsidRPr="004165DC" w:rsidRDefault="007302AD" w:rsidP="007302AD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:t>Highland Council reserves the right to request the removal of any subcontractor who fails to meet expected standards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78674659" w14:textId="3BCE33A0" w:rsidR="007302AD" w:rsidRPr="004165DC" w:rsidRDefault="007302AD" w:rsidP="007302AD">
+    <w:p w14:paraId="66F4DD97" w14:textId="5687E586" w:rsidR="007302AD" w:rsidRPr="004165DC" w:rsidRDefault="007302AD" w:rsidP="007302AD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
-        <w:lastRenderedPageBreak/>
         <w:t>Subcontractor performance will be monitored as part of the overall contractor evaluation process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3917FB2D" w14:textId="77777777" w:rsidR="007302AD" w:rsidRPr="004165DC" w:rsidRDefault="007302AD" w:rsidP="007302AD"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="66F4DD97" w14:textId="77777777" w:rsidR="007302AD" w:rsidRPr="004165DC" w:rsidRDefault="007302AD" w:rsidP="007302AD"/>
     <w:p w14:paraId="10F529B6" w14:textId="37486138" w:rsidR="000B0B71" w:rsidRPr="004165DC" w:rsidRDefault="001034A1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk199420014"/>
       <w:r w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>9. Performance Monitoring and Compliance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F45B9D" w14:textId="71DEA552" w:rsidR="00AC6289" w:rsidRPr="004165DC" w:rsidRDefault="00957B9E" w:rsidP="00AC6289">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>9.1 Monitoring Procedures</w:t>
       </w:r>
       <w:r w:rsidR="00AC6289" w:rsidRPr="004165DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -9511,61 +9515,61 @@
     <w:p w14:paraId="2FE43ACD" w14:textId="77777777" w:rsidR="000643F2" w:rsidRDefault="000643F2" w:rsidP="000D0778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000643F2" w:rsidSect="00195E3C">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57EF04D9" w14:textId="77777777" w:rsidR="00ED135B" w:rsidRPr="00AD56DE" w:rsidRDefault="00ED135B" w:rsidP="00A754D6">
+    <w:p w14:paraId="20E2B01B" w14:textId="77777777" w:rsidR="0086494D" w:rsidRPr="00AD56DE" w:rsidRDefault="0086494D" w:rsidP="00A754D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD56DE">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="351C8C2C" w14:textId="77777777" w:rsidR="00ED135B" w:rsidRPr="00AD56DE" w:rsidRDefault="00ED135B" w:rsidP="00A754D6">
+    <w:p w14:paraId="6E7866E4" w14:textId="77777777" w:rsidR="0086494D" w:rsidRPr="00AD56DE" w:rsidRDefault="0086494D" w:rsidP="00A754D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD56DE">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9662,61 +9666,61 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00AD56DE">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00AD56DE">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00AD56DE">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5D2FCCF7" w14:textId="77777777" w:rsidR="00A754D6" w:rsidRPr="00AD56DE" w:rsidRDefault="00A754D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E81229B" w14:textId="77777777" w:rsidR="00ED135B" w:rsidRPr="00AD56DE" w:rsidRDefault="00ED135B" w:rsidP="00A754D6">
+    <w:p w14:paraId="57DA4052" w14:textId="77777777" w:rsidR="0086494D" w:rsidRPr="00AD56DE" w:rsidRDefault="0086494D" w:rsidP="00A754D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD56DE">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19C8D7CC" w14:textId="77777777" w:rsidR="00ED135B" w:rsidRPr="00AD56DE" w:rsidRDefault="00ED135B" w:rsidP="00A754D6">
+    <w:p w14:paraId="0B8A985A" w14:textId="77777777" w:rsidR="0086494D" w:rsidRPr="00AD56DE" w:rsidRDefault="0086494D" w:rsidP="00A754D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD56DE">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
@@ -12650,94 +12654,95 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="16350928">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="560680759">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1492208451">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="605701168">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1220703819">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="825704653">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="000443F9"/>
     <w:rsid w:val="00056A14"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="000643F2"/>
     <w:rsid w:val="00081415"/>
     <w:rsid w:val="000A7825"/>
     <w:rsid w:val="000B0B71"/>
     <w:rsid w:val="000B7AA4"/>
     <w:rsid w:val="000D0778"/>
     <w:rsid w:val="000D3D97"/>
     <w:rsid w:val="000F0769"/>
     <w:rsid w:val="000F300C"/>
     <w:rsid w:val="001034A1"/>
     <w:rsid w:val="001158F6"/>
     <w:rsid w:val="001329B7"/>
     <w:rsid w:val="00132E0B"/>
     <w:rsid w:val="00133D6F"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00175CDC"/>
     <w:rsid w:val="001807CB"/>
+    <w:rsid w:val="001838BC"/>
     <w:rsid w:val="00186303"/>
     <w:rsid w:val="001946EA"/>
     <w:rsid w:val="00195E3C"/>
     <w:rsid w:val="00196A26"/>
     <w:rsid w:val="0019770F"/>
     <w:rsid w:val="001C5A1E"/>
     <w:rsid w:val="001F65AA"/>
     <w:rsid w:val="00204695"/>
     <w:rsid w:val="00216E66"/>
     <w:rsid w:val="002214F0"/>
     <w:rsid w:val="00237835"/>
     <w:rsid w:val="0026011B"/>
     <w:rsid w:val="002816C1"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="002D1C82"/>
     <w:rsid w:val="002F3817"/>
     <w:rsid w:val="002F72C7"/>
     <w:rsid w:val="00305886"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00336DF1"/>
     <w:rsid w:val="003400B3"/>
     <w:rsid w:val="0038038A"/>
     <w:rsid w:val="00381BB7"/>
     <w:rsid w:val="003A2FE0"/>
     <w:rsid w:val="003F65AB"/>
@@ -12765,50 +12770,51 @@
     <w:rsid w:val="00623B1F"/>
     <w:rsid w:val="0063670A"/>
     <w:rsid w:val="00652B8D"/>
     <w:rsid w:val="0066226D"/>
     <w:rsid w:val="00680301"/>
     <w:rsid w:val="006B59F7"/>
     <w:rsid w:val="006C1855"/>
     <w:rsid w:val="006C4697"/>
     <w:rsid w:val="006E09F6"/>
     <w:rsid w:val="006F7591"/>
     <w:rsid w:val="00723B24"/>
     <w:rsid w:val="00725609"/>
     <w:rsid w:val="007302AD"/>
     <w:rsid w:val="00733DA7"/>
     <w:rsid w:val="00735833"/>
     <w:rsid w:val="00752725"/>
     <w:rsid w:val="00753C29"/>
     <w:rsid w:val="007563A7"/>
     <w:rsid w:val="0077099B"/>
     <w:rsid w:val="00773C4E"/>
     <w:rsid w:val="007B4F8E"/>
     <w:rsid w:val="007E21DA"/>
     <w:rsid w:val="0082223F"/>
     <w:rsid w:val="00826F43"/>
     <w:rsid w:val="008422EB"/>
+    <w:rsid w:val="0086494D"/>
     <w:rsid w:val="00865AE8"/>
     <w:rsid w:val="008826E8"/>
     <w:rsid w:val="00886A33"/>
     <w:rsid w:val="008B30D3"/>
     <w:rsid w:val="008B566C"/>
     <w:rsid w:val="008C798D"/>
     <w:rsid w:val="008D1494"/>
     <w:rsid w:val="008F7FF5"/>
     <w:rsid w:val="00924F6D"/>
     <w:rsid w:val="00957B9E"/>
     <w:rsid w:val="009C669E"/>
     <w:rsid w:val="009F41EB"/>
     <w:rsid w:val="00A004DA"/>
     <w:rsid w:val="00A01E7E"/>
     <w:rsid w:val="00A06723"/>
     <w:rsid w:val="00A26A05"/>
     <w:rsid w:val="00A754D6"/>
     <w:rsid w:val="00A86CB6"/>
     <w:rsid w:val="00A927BA"/>
     <w:rsid w:val="00A9568F"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00AC6289"/>
     <w:rsid w:val="00AD290C"/>
     <w:rsid w:val="00AD43A4"/>
     <w:rsid w:val="00AD56DE"/>
@@ -12832,50 +12838,51 @@
     <w:rsid w:val="00D7117C"/>
     <w:rsid w:val="00DC10F2"/>
     <w:rsid w:val="00DE1D03"/>
     <w:rsid w:val="00DE350E"/>
     <w:rsid w:val="00DE5C95"/>
     <w:rsid w:val="00DE69CE"/>
     <w:rsid w:val="00DF13AD"/>
     <w:rsid w:val="00DF1C78"/>
     <w:rsid w:val="00E208B3"/>
     <w:rsid w:val="00E2090B"/>
     <w:rsid w:val="00E47923"/>
     <w:rsid w:val="00E51FAE"/>
     <w:rsid w:val="00E60DFF"/>
     <w:rsid w:val="00E63C19"/>
     <w:rsid w:val="00EA73BD"/>
     <w:rsid w:val="00EB3663"/>
     <w:rsid w:val="00ED135B"/>
     <w:rsid w:val="00ED46AE"/>
     <w:rsid w:val="00EF703A"/>
     <w:rsid w:val="00EF76B3"/>
     <w:rsid w:val="00F02DB8"/>
     <w:rsid w:val="00F14BEF"/>
     <w:rsid w:val="00F21491"/>
     <w:rsid w:val="00F33B91"/>
     <w:rsid w:val="00F60C9B"/>
+    <w:rsid w:val="00F766A7"/>
     <w:rsid w:val="00FB4C1F"/>
     <w:rsid w:val="00FB5650"/>
     <w:rsid w:val="00FC693F"/>
     <w:rsid w:val="00FD35F7"/>
     <w:rsid w:val="00FE2084"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -13474,51 +13481,50 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -25093,72 +25099,72 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>5063</Words>
-  <Characters>30432</Characters>
+  <Words>5139</Words>
+  <Characters>30733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>760</Lines>
-  <Paragraphs>417</Paragraphs>
+  <Lines>749</Lines>
+  <Paragraphs>422</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35078</CharactersWithSpaces>
+  <CharactersWithSpaces>35450</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jonathan.Main2@highland.gov.uk</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>