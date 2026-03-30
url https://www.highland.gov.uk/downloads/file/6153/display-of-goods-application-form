--- v0 (2026-02-17)
+++ v1 (2026-03-30)
@@ -1,10112 +1,3527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="78F3D06F" w14:textId="00ACEE9A" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="03685815" w14:textId="54C08019" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00175B94" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000006A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="324D26E8" wp14:editId="54F01394">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1368425</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3175</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5101590" cy="937260"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="15240"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1366899248" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5101590" cy="937260"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000080"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="33DECB79" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00AE1944" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                <w:b/>
+                                <w:sz w:val="10"/>
+                                <w:szCs w:val="10"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="0530ADB0" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006C527E">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">APPLICATION FOR PERMISSION TO </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">OCCUPY THE ROAD WITH </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3783EC6A" w14:textId="77777777" w:rsidR="00242096" w:rsidRDefault="00242096" w:rsidP="00FA1E61">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                              <w:t>GOODS FOR SALE</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5B11702E" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="47096E1A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00612DDF">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                              <w:t>Roads (</w:t>
+                            </w:r>
+                            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="country-region">
+                              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+                                <w:r w:rsidRPr="00612DDF">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:b/>
+                                    <w:color w:val="000080"/>
+                                  </w:rPr>
+                                  <w:t>Sc</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                    <w:b/>
+                                    <w:color w:val="000080"/>
+                                  </w:rPr>
+                                  <w:t>otland</w:t>
+                                </w:r>
+                              </w:smartTag>
+                            </w:smartTag>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                                <w:b/>
+                                <w:color w:val="000080"/>
+                              </w:rPr>
+                              <w:t>) Act 1984 Section 59</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="324D26E8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:107.75pt;margin-top:.25pt;width:401.7pt;height:73.8pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiepg3GgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOkjYx4hRdugwD&#10;ugvQ7QNkWbaFyaImKbG7ry8lO2nWYS/D9CCIInVIHh5tboZOkaOwToIuaDZLKRGaQyV1U9Dv3/Zv&#10;VpQ4z3TFFGhR0Efh6M329atNb3IxhxZUJSxBEO3y3hS09d7kSeJ4KzrmZmCERmcNtmMeTdsklWU9&#10;oncqmafpVdKDrYwFLpzD27vRSbcRv64F91/q2glPVEGxNh93G/cy7Ml2w/LGMtNKPpXB/qGKjkmN&#10;Sc9Qd8wzcrDyD6hOcgsOaj/j0CVQ15KL2AN2k6UvunlomRGxFyTHmTNN7v/B8s/HB/PVEj+8gwEH&#10;GJtw5h74D0c07FqmG3FrLfStYBUmzgJlSW9cPj0NVLvcBZCy/wQVDpkdPESgobZdYAX7JIiOA3g8&#10;ky4GTzheLrM0W67RxdG3fns9v4pTSVh+em2s8x8EdCQcCmpxqBGdHe+dD9Ww/BQSkjlQstpLpaJh&#10;m3KnLDkyFMA+rtjAizClSY/Zl/PlSMBfIVJcq1OBv2XqpEclK9kVdBWiJm0F2t7rKurMM6nGM5as&#10;9MRjoG4k0Q/lgIGBzxKqR2TUwqhY/GF4aMH+oqRHtRbU/TwwKyhRHzVOZZ0tFkHe0Vgsr+do2EtP&#10;eelhmiNUQT0l43Hnxy9xMFY2LWYadaDhFidZy0jyc1VT3ajIyP30e4LkL+0Y9fzHt08AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCLLQTR3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8RADIXvgv9h&#10;iODNnXZptdZOFxFFFBVdxfNsG9viTKZ0srv135s96SUkvMfL96rV7J3a4RSHQAbSRQIKqQntQJ2B&#10;j/e7swJUZEutdYHQwA9GWNXHR5Ut27CnN9ytuVMSQrG0BnrmsdQ6Nj16GxdhRBLtK0zespxTp9vJ&#10;7iXcO71MknPt7UDyobcj3vTYfK+33oDLH7qneOvy7JEz/fly/3zBr2zM6cl8fQWKceY/MxzwBR1q&#10;YdqELbVROQPLNM/FakDmQU7S4hLURrasSEHXlf7foP4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA4nqYNxoCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAiy0E0d4AAAAJAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokecolor="navy">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="33DECB79" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00AE1944" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                          <w:b/>
+                          <w:sz w:val="10"/>
+                          <w:szCs w:val="10"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="0530ADB0" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006C527E">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">APPLICATION FOR PERMISSION TO </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">OCCUPY THE ROAD WITH </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3783EC6A" w14:textId="77777777" w:rsidR="00242096" w:rsidRDefault="00242096" w:rsidP="00FA1E61">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:b/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                        <w:t>GOODS FOR SALE</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5B11702E" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="47096E1A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="00FA1E61" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00612DDF">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                        <w:t>Roads (</w:t>
+                      </w:r>
+                      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="country-region">
+                        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+                          <w:r w:rsidRPr="00612DDF">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:b/>
+                              <w:color w:val="000080"/>
+                            </w:rPr>
+                            <w:t>Sc</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:b/>
+                              <w:color w:val="000080"/>
+                            </w:rPr>
+                            <w:t>otland</w:t>
+                          </w:r>
+                        </w:smartTag>
+                      </w:smartTag>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                          <w:b/>
+                          <w:color w:val="000080"/>
+                        </w:rPr>
+                        <w:t>) Act 1984 Section 59</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78F3D0EC" wp14:editId="1715AFF3">
-            <wp:extent cx="1026525" cy="539496"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54DA5125" wp14:editId="5D5E14C0">
+            <wp:extent cx="1295400" cy="806450"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="image1.jpeg" descr="highland council logo"/>
+            <wp:docPr id="1" name="Picture 1" descr="A rectangular logo with a white background. On the left is a stylized geometric thistle made from purple triangular shapes arranged into a diamond-like cluster with a pointed base. To the right, there are two lines of text: the top line reads “The Highland Council” in purple; the line beneath is the Gaelic translation, “Comhairle na Gàidhealtachd,” in green. Thin green lines frame parts of the text. The overall look is clean and official, representing the local authority for the Highland area of Scotland and highlighting bilingual English–Gaelic branding."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="image1.jpeg" descr="highland council logo"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="A rectangular logo with a white background. On the left is a stylized geometric thistle made from purple triangular shapes arranged into a diamond-like cluster with a pointed base. To the right, there are two lines of text: the top line reads “The Highland Council” in purple; the line beneath is the Gaelic translation, “Comhairle na Gàidhealtachd,” in green. Thin green lines frame parts of the text. The overall look is clean and official, representing the local authority for the Highland area of Scotland and highlighting bilingual English–Gaelic branding."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1026525" cy="539496"/>
+                      <a:ext cx="1295400" cy="806450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                  </pic:spPr>
-[...3901 lines deleted...]
-                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F3D0B7" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri"/>
+    <w:p w14:paraId="1F33F926" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00981B9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="13"/>
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F3D0B8" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-        <w:ind w:left="1436" w:right="1192"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="62"/>
+        <w:tblW w:w="10163" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10163"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="18FE871A" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="533"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E9D75C" w14:textId="77777777" w:rsidR="00B02AAB" w:rsidRDefault="00B02AAB" w:rsidP="00B02AAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50F7B2DF" w14:textId="77777777" w:rsidR="00B02AAB" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00B02AAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Schedule of Charges</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:   </w:t>
+            </w:r>
+            <w:r w:rsidR="00B02AAB" w:rsidRPr="00B02AAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">There is no charge for permission to occupy the road with </w:t>
+            </w:r>
+            <w:r w:rsidR="00242096">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>goods for sale.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4995F5AB" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2556"/>
+        <w:gridCol w:w="320"/>
+        <w:gridCol w:w="2218"/>
+        <w:gridCol w:w="144"/>
+        <w:gridCol w:w="2403"/>
+        <w:gridCol w:w="178"/>
+        <w:gridCol w:w="2375"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="564E727F" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A83B850" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="009611DC" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applicant and </w:t>
+            </w:r>
+            <w:r w:rsidR="00946110">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Business</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA1E61" w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A429355" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="071AD52F" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B71337C" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30D0D37F" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="2CBDF485" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8B574B" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA093F6" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21593BA8" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77525619" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="76642845" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5A5A7A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B4DAAB9" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D9B6216" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D0EA887" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="72736E4E" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B69C81D" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="242EF3DA" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="384DBAA7" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18FE64F3" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="6993FB0F" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="515B90BC" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Post Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40CC5370" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79A9D30A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0312214B" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="72CC6CA6" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D134CDC" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tel No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="18787FAC" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C6A4C0" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fax No </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CAB4D97" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="09093798" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2771117F" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mobile No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B8EBE9" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C3F1B04" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BFC4C56" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="000006A7" w14:paraId="7703565F" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A6661C" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-Mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7318" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A81A3D" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009203A7" w:rsidRPr="000006A7" w14:paraId="792D4300" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="56156DE6" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="00F62AE5" w:rsidRDefault="009203A7" w:rsidP="00D90633">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>New Application (Y/N)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F260645" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CB4641" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="00F62AE5" w:rsidRDefault="009203A7" w:rsidP="00D90633">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Renewal (Y/N)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51530680" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009203A7" w:rsidRPr="000006A7" w14:paraId="119C1571" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:trPr>
+          <w:trHeight w:val="582"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5870436C" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Address or Location </w:t>
+            </w:r>
+            <w:r w:rsidR="00B02AAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of Proposed </w:t>
+            </w:r>
+            <w:r w:rsidR="00242096">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Display of Goods</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7318" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D759C7" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0010346F" w:rsidRPr="000006A7" w14:paraId="150FA2F1" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10194" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BEF43FA" w14:textId="77777777" w:rsidR="0010346F" w:rsidRPr="000006A7" w:rsidRDefault="0010346F" w:rsidP="00B02AAB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Applications – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B02AAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Please sketch on r</w:t>
+            </w:r>
+            <w:r w:rsidR="00242096">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>everse proposed location of display</w:t>
+            </w:r>
+            <w:r w:rsidR="00B02AAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relative to business premises.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009203A7" w:rsidRPr="000006A7" w14:paraId="46FACD20" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EAB838" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Planning Consent ref if applicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7318" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA9E674" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009203A7" w:rsidRPr="000006A7" w14:paraId="243E4086" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9C2E6D" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Start Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2362" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="68ADD15B" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2581" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F456E04" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000006A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">End Date </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="559A871D" w14:textId="77777777" w:rsidR="009203A7" w:rsidRPr="000006A7" w:rsidRDefault="009203A7" w:rsidP="00453F22">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C64727" w:rsidRPr="000006A7" w14:paraId="4BFC96FE" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10194" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="033E181F" w14:textId="77777777" w:rsidR="00C64727" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Proof of Public Liability Insurance must be provided at time of application.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="002FFCA9" w14:textId="77777777" w:rsidR="00C64727" w:rsidRPr="001026B5" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Failure to provide this will result in the application being rejected.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C64727" w:rsidRPr="000006A7" w14:paraId="4127F3C6" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="34397692" w14:textId="77777777" w:rsidR="00C64727" w:rsidRPr="00FC4294" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Insurance Co. Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8682A0" w14:textId="77777777" w:rsidR="00C64727" w:rsidRPr="00FC4294" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC4294">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Policy No.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="124E07D3" w14:textId="77777777" w:rsidR="00C64727" w:rsidRPr="00FC4294" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Renewal Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="568ED902" w14:textId="77777777" w:rsidR="00C64727" w:rsidRPr="00FC4294" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Attach copy of Certificate of Insurance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C64727" w:rsidRPr="000006A7" w14:paraId="702127F8" w14:textId="77777777" w:rsidTr="00CC0C54">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BFC8CC" w14:textId="77777777" w:rsidR="00C64727" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C871A18" w14:textId="77777777" w:rsidR="00C64727" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2600D859" w14:textId="77777777" w:rsidR="00C64727" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="097888B4" w14:textId="77777777" w:rsidR="00C64727" w:rsidRDefault="00C64727" w:rsidP="00D721E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10260"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="43075958" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BFB4F60" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000006A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>DISPLAY</w:t>
+        <w:t xml:space="preserve">IMPORTANT: NO OCCUPATION SHOULD </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-        <w:rPr>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
+          <w:r w:rsidRPr="000006A7">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:b/>
+              <w:color w:val="FF0000"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:u w:val="single"/>
+            </w:rPr>
+            <w:t>TAKE PLACE</w:t>
+          </w:r>
+        </w:smartTag>
+      </w:smartTag>
+      <w:r w:rsidRPr="000006A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:spacing w:val="-6"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> UNTIL YOU RECEIVE OFFICIAL PERMISSION FROM THE </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-        <w:rPr>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:r w:rsidRPr="000006A7">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:b/>
+            <w:color w:val="FF0000"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>HIGHLAND</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="000006A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>OF</w:t>
-[...45 lines deleted...]
-        <w:t>SALE</w:t>
+        <w:t xml:space="preserve"> COUNCIL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F3D0B9" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4320D783" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="13"/>
-          <w:lang w:val="en-GB"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F3D0BA" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="00000000">
-[...15 lines deleted...]
-        <w:t>NOTES</w:t>
+    <w:p w14:paraId="5DF89AEC" w14:textId="77777777" w:rsidR="00C64727" w:rsidRPr="000006A7" w:rsidRDefault="00C64727" w:rsidP="00C64727">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000006A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Declaration – I hereby apply for permission to occupy part of the adopted road as detailed above</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the placement of goods for sale</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...4 lines deleted...]
-        <w:t>FOR</w:t>
+      <w:r w:rsidRPr="000006A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. I confirm that I have read and understood the Guidance Notes and Conditions for Granting of Permission relevant to this application and agree to be bound by these should this application be successful.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...103 lines deleted...]
-        <w:t>PERMISSION</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  I have in place Public Liability Insurance and will continue to have this in place throughout the duration of any permission granted.  I have attached a copy of the current Public Liability Insurance Certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F3D0BB" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...1349 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    <w:p w14:paraId="255C43E0" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="361" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5099"/>
-        <w:gridCol w:w="5099"/>
+        <w:gridCol w:w="2587"/>
+        <w:gridCol w:w="3757"/>
+        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="2531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w14:paraId="78F3D0C4" w14:textId="77777777">
-[...21 lines deleted...]
-              <w:t>Minimum</w:t>
+      <w:tr w:rsidR="00946110" w:rsidRPr="006F033A" w14:paraId="326CFDD1" w14:textId="77777777" w:rsidTr="00371AED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA4B0AE" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F033A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Applicants Signature</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD2B0C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+          <w:p w14:paraId="4C1AE7EA" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3859" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3FDAA5" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB3AF3B" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Print Name</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD2B0C">
-[...5 lines deleted...]
-              <w:t>Standard</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B562240" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E61" w:rsidRPr="006F033A" w14:paraId="01BC4454" w14:textId="77777777" w:rsidTr="006F033A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A520B7A" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="006F033A" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F033A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5099" w:type="dxa"/>
-[...336 lines deleted...]
-            </w:r>
+            <w:tcW w:w="7792" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="588F04E9" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="006F033A" w:rsidRDefault="00FA1E61" w:rsidP="00453F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78F3D0C8" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    <w:p w14:paraId="2E95EA49" w14:textId="77777777" w:rsidR="00FA1E61" w:rsidRPr="000006A7" w:rsidRDefault="00FA1E61" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F3D0C9" w14:textId="2B6E9B1F" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="00000000">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4849CCF6" w14:textId="77777777" w:rsidR="00AA0CA1" w:rsidRPr="00AA0CA1" w:rsidRDefault="00AA0CA1" w:rsidP="00AA0CA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="2268"/>
+          <w:tab w:val="right" w:pos="8306"/>
+          <w:tab w:val="right" w:pos="10204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-        <w:t>Pedestrianised</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please check you have </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    </w:p>
+    <w:p w14:paraId="5248CD10" w14:textId="77777777" w:rsidR="00AA0CA1" w:rsidRPr="00AA0CA1" w:rsidRDefault="00AA0CA1" w:rsidP="00AA0CA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="2268"/>
+          <w:tab w:val="right" w:pos="8306"/>
+          <w:tab w:val="right" w:pos="10204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">signed the form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F07F"/>
+      </w:r>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> included a copy of your Insurance Certificate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F07F"/>
+      </w:r>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed the location sketch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F07F"/>
+      </w:r>
+      <w:r w:rsidRPr="00AA0CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...3 lines deleted...]
-        <w:t>areas</w:t>
+    </w:p>
+    <w:p w14:paraId="4DEFB488" w14:textId="77777777" w:rsidR="00AA0CA1" w:rsidRPr="00AA0CA1" w:rsidRDefault="00AA0CA1" w:rsidP="00AA0CA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4153"/>
+          <w:tab w:val="right" w:pos="8306"/>
+          <w:tab w:val="right" w:pos="10204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FED9773" w14:textId="77777777" w:rsidR="00AA3EB3" w:rsidRPr="00AA3EB3" w:rsidRDefault="00AA3EB3" w:rsidP="00AA3EB3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4153"/>
+          <w:tab w:val="right" w:pos="8306"/>
+          <w:tab w:val="right" w:pos="10204"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and return completed application form </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA3EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to  :</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...3 lines deleted...]
-        <w:t>4.5m</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA3EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...155 lines deleted...]
-        <w:rPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00AA3EB3">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>communityservices@highland.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AA3EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F3D0CA" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="58D81302" w14:textId="77777777" w:rsidR="00AA3EB3" w:rsidRPr="00AA3EB3" w:rsidRDefault="00AA3EB3" w:rsidP="00AA3EB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745E13DB" w14:textId="77777777" w:rsidR="00AA3EB3" w:rsidRPr="00AA3EB3" w:rsidRDefault="00AA3EB3" w:rsidP="00AA3EB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:lang w:val="en-GB"/>
-[...285 lines deleted...]
-        <w:t xml:space="preserve"> signs or other impediments placed out with this barrier. Furniture and associated barriers must be removed from the area promptly after trading hours.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA3EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Support (Community Services), Finance Service, The Highland Council, Council Offices, High Street,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F3D0CC" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...21 lines deleted...]
-        <w:t>It</w:t>
+    <w:p w14:paraId="582CBA7C" w14:textId="77777777" w:rsidR="00C64727" w:rsidRPr="00AA3EB3" w:rsidRDefault="00AA3EB3" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA3EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dingwall  IV</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...426 lines deleted...]
-        <w:t>street works or for any other competent reason.</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA3EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>15 9QN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F3D0CE" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+    <w:p w14:paraId="46FAFFB0" w14:textId="77777777" w:rsidR="00C64727" w:rsidRDefault="00C64727" w:rsidP="00FA1E61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F3D0CF" w14:textId="2D517C47" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Permission for a display or of goods for sale will normally be granted for a </w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10456" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1862"/>
+        <w:gridCol w:w="4200"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00946110" w:rsidRPr="006F033A" w14:paraId="33B46BE4" w14:textId="77777777" w:rsidTr="00371AED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="262FD835" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00371AED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F033A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ref</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Approval</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F033A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="148637DB" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00371AED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1994C9" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="00020CED" w:rsidRDefault="00946110" w:rsidP="00371AED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Planning Comments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Received</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6DE71D" w14:textId="77777777" w:rsidR="00946110" w:rsidRDefault="00946110" w:rsidP="00371AED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F484CBB" w14:textId="77777777" w:rsidR="00946110" w:rsidRPr="006F033A" w:rsidRDefault="00946110" w:rsidP="00371AED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes / No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B9BC805" w14:textId="77777777" w:rsidR="00B02AAB" w:rsidRDefault="00B02AAB" w:rsidP="009D7299">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="007554D4" w:rsidRPr="00FD2B0C">
-[...3 lines deleted...]
-        <w:t>12-month</w:t>
+      <w:r w:rsidR="00242096">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sketch of Goods Display</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2B0C">
-[...198 lines deleted...]
-        <w:t>occupied has not changed.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Location Relative to Business Premises</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F3D0D0" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...5 lines deleted...]
-        </w:sectPr>
+    <w:p w14:paraId="12553884" w14:textId="77777777" w:rsidR="00B02AAB" w:rsidRDefault="00B02AAB" w:rsidP="009D7299">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F3D0D1" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="00000000">
-[...288 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10194"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B02AAB" w:rsidRPr="00811603" w14:paraId="6307AB1E" w14:textId="77777777" w:rsidTr="00811603">
+        <w:trPr>
+          <w:trHeight w:val="14311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10420" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A65EB7B" w14:textId="77777777" w:rsidR="00B02AAB" w:rsidRPr="00811603" w:rsidRDefault="00B02AAB" w:rsidP="009D7299">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="383C8B25" w14:textId="427F1231" w:rsidR="001850F2" w:rsidRDefault="001850F2" w:rsidP="009D7299">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F3D0D2" w14:textId="77777777" w:rsidR="008F0000" w:rsidRPr="00FD2B0C" w:rsidRDefault="008F0000">
-[...2320 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="001850F2" w:rsidSect="009D7299">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="360" w:right="851" w:bottom="899" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="42AF1055" w14:textId="77777777" w:rsidR="00622EB7" w:rsidRDefault="00622EB7">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4A2C5051" w14:textId="77777777" w:rsidR="00622EB7" w:rsidRDefault="00622EB7">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6296789F" w14:textId="77777777" w:rsidR="00622EB7" w:rsidRDefault="00622EB7">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="711318CE" w14:textId="77777777" w:rsidR="00622EB7" w:rsidRDefault="00622EB7">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C9C641C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB64616C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C4A1B87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B2A4B10"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70A372C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A948B68C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="475995704">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2099137648">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="815728668">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008F0000"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FD2B0C"/>
+    <w:rsidRoot w:val="001850F2"/>
+    <w:rsid w:val="000006A7"/>
+    <w:rsid w:val="000278EC"/>
+    <w:rsid w:val="00087132"/>
+    <w:rsid w:val="000F3BEE"/>
+    <w:rsid w:val="001026B5"/>
+    <w:rsid w:val="0010346F"/>
+    <w:rsid w:val="00106C7C"/>
+    <w:rsid w:val="00120F4D"/>
+    <w:rsid w:val="00126CB0"/>
+    <w:rsid w:val="00175B94"/>
+    <w:rsid w:val="00176AA5"/>
+    <w:rsid w:val="00176B4D"/>
+    <w:rsid w:val="001850F2"/>
+    <w:rsid w:val="001D39D3"/>
+    <w:rsid w:val="001E51C5"/>
+    <w:rsid w:val="002122B1"/>
+    <w:rsid w:val="00235039"/>
+    <w:rsid w:val="00242096"/>
+    <w:rsid w:val="00264BCF"/>
+    <w:rsid w:val="002B3F20"/>
+    <w:rsid w:val="0035774D"/>
+    <w:rsid w:val="00363284"/>
+    <w:rsid w:val="00371AED"/>
+    <w:rsid w:val="003A0E10"/>
+    <w:rsid w:val="003A7AFC"/>
+    <w:rsid w:val="003C7455"/>
+    <w:rsid w:val="003E1687"/>
+    <w:rsid w:val="004217FB"/>
+    <w:rsid w:val="004263F8"/>
+    <w:rsid w:val="004327AB"/>
+    <w:rsid w:val="00444DFA"/>
+    <w:rsid w:val="00453F22"/>
+    <w:rsid w:val="004D2045"/>
+    <w:rsid w:val="004E1664"/>
+    <w:rsid w:val="004F1BEF"/>
+    <w:rsid w:val="00510E94"/>
+    <w:rsid w:val="00534205"/>
+    <w:rsid w:val="00566A70"/>
+    <w:rsid w:val="00587C7F"/>
+    <w:rsid w:val="00613136"/>
+    <w:rsid w:val="00622EB7"/>
+    <w:rsid w:val="00661AFD"/>
+    <w:rsid w:val="0069577B"/>
+    <w:rsid w:val="006B386C"/>
+    <w:rsid w:val="006F033A"/>
+    <w:rsid w:val="006F3C5D"/>
+    <w:rsid w:val="007F4A4A"/>
+    <w:rsid w:val="007F7275"/>
+    <w:rsid w:val="00811603"/>
+    <w:rsid w:val="008127FB"/>
+    <w:rsid w:val="0082685A"/>
+    <w:rsid w:val="00850D06"/>
+    <w:rsid w:val="008737AD"/>
+    <w:rsid w:val="00891373"/>
+    <w:rsid w:val="00907245"/>
+    <w:rsid w:val="009203A7"/>
+    <w:rsid w:val="00946110"/>
+    <w:rsid w:val="009565CA"/>
+    <w:rsid w:val="009611DC"/>
+    <w:rsid w:val="00965BD3"/>
+    <w:rsid w:val="00981B9A"/>
+    <w:rsid w:val="009837D5"/>
+    <w:rsid w:val="009950C3"/>
+    <w:rsid w:val="009A4AEB"/>
+    <w:rsid w:val="009D7299"/>
+    <w:rsid w:val="009E3E5B"/>
+    <w:rsid w:val="00A11503"/>
+    <w:rsid w:val="00AA0CA1"/>
+    <w:rsid w:val="00AA28AE"/>
+    <w:rsid w:val="00AA3EB3"/>
+    <w:rsid w:val="00AB4374"/>
+    <w:rsid w:val="00AC0FCF"/>
+    <w:rsid w:val="00AD10DB"/>
+    <w:rsid w:val="00B02AAB"/>
+    <w:rsid w:val="00B1674B"/>
+    <w:rsid w:val="00B3079B"/>
+    <w:rsid w:val="00B33B4E"/>
+    <w:rsid w:val="00B55FAC"/>
+    <w:rsid w:val="00B713CF"/>
+    <w:rsid w:val="00C1685D"/>
+    <w:rsid w:val="00C62665"/>
+    <w:rsid w:val="00C64727"/>
+    <w:rsid w:val="00C85CCB"/>
+    <w:rsid w:val="00CC0C54"/>
+    <w:rsid w:val="00CC17CD"/>
+    <w:rsid w:val="00CE7E49"/>
+    <w:rsid w:val="00D21B01"/>
+    <w:rsid w:val="00D33766"/>
+    <w:rsid w:val="00D66115"/>
+    <w:rsid w:val="00D721E5"/>
+    <w:rsid w:val="00D824DD"/>
+    <w:rsid w:val="00D90633"/>
+    <w:rsid w:val="00D934AB"/>
+    <w:rsid w:val="00DF5BDC"/>
+    <w:rsid w:val="00E2396B"/>
+    <w:rsid w:val="00E82787"/>
+    <w:rsid w:val="00E936FA"/>
+    <w:rsid w:val="00EB60C4"/>
+    <w:rsid w:val="00EF6C14"/>
+    <w:rsid w:val="00F02148"/>
+    <w:rsid w:val="00F2262E"/>
+    <w:rsid w:val="00F52A10"/>
+    <w:rsid w:val="00F67429"/>
+    <w:rsid w:val="00F734BF"/>
+    <w:rsid w:val="00F90C12"/>
+    <w:rsid w:val="00FA1E61"/>
+    <w:rsid w:val="00FC5975"/>
+    <w:rsid w:val="00FD2DDC"/>
+    <w:rsid w:val="00FD35F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1029"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="78F3D06F"/>
-  <w15:docId w15:val="{9D98C491-B0D2-459B-917D-F38974838C67}"/>
+  <w14:docId w14:val="12DD3E9A"/>
+  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...5 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...156 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -10255,471 +3670,560 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="001850F2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-      <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US"/>
-[...16 lines deleted...]
-      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="001850F2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...6 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="001850F2"/>
     <w:rPr>
-      <w:lang w:val="en-US"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:rsid w:val="001850F2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="001850F2"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00FA1E61"/>
     <w:rPr>
-      <w:lang w:val="en-US"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-    <w:name w:val="Table Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00946110"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="2103258864">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.LNBS@highland.gov.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.inverness@highland.gov.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.skyeandlochalsh@highland.gov.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.sutherland@highland.gov.uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.rossandcromarty@highland.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.caithness@highland.gov.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.LNBS@highland.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roads.LNBS@highland.gov.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:communityservices@highland.gov.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{131B6BED-27B4-4897-B21C-D42B4B3F863E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7137</Characters>
+  <Pages>2</Pages>
+  <Words>308</Words>
+  <Characters>1624</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
+  <Lines>42</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>The Highland Council</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8373</CharactersWithSpaces>
+  <CharactersWithSpaces>1916</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>196735</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:communityservices@highland.gov.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Roads (Scotland) Act 1984 Section 85 &amp; 59</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>