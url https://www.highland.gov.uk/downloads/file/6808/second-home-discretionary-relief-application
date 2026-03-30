--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1,922 +1,2327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="673D88E2" w14:textId="2A865E9A" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="005015AE">
+    <w:p w14:paraId="770D47C3" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="0034299D" w:rsidRDefault="00937AEB" w:rsidP="00937AEB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Second Home Discretionary Relief</w:t>
       </w:r>
       <w:r w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB9293B" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="005015AE">
+    <w:p w14:paraId="5386EADE" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00E321CA" w:rsidRDefault="00937AEB" w:rsidP="00937AEB">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Your details</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1235"/>
-        <w:gridCol w:w="2258"/>
+        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="1763"/>
         <w:gridCol w:w="6005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005015AE" w:rsidRPr="00D95C22" w14:paraId="15D9AB36" w14:textId="77777777" w:rsidTr="002C7DFA">
+      <w:tr w:rsidR="00937AEB" w:rsidRPr="00D95C22" w14:paraId="66270DB9" w14:textId="77777777" w:rsidTr="00E82AD6">
         <w:trPr>
           <w:trHeight w:val="588"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="606FA22F" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="79ED1731" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="007D4086" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Council Tax Reference Number </w:t>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:t>Council Tax Reference Number</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Council Tax Reference Number"/>
+            <w:tag w:val="Council Tax Reference Number"/>
+            <w:id w:val="19590426"/>
+            <w:placeholder>
+              <w:docPart w:val="05218D2D47434A9F964C0B0EEFB3356D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6005" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="179FBD1F" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005015AE" w:rsidRPr="00D95C22" w14:paraId="0D12EDA5" w14:textId="77777777" w:rsidTr="002C7DFA">
+      <w:tr w:rsidR="00937AEB" w:rsidRPr="00D95C22" w14:paraId="28C50CBD" w14:textId="77777777" w:rsidTr="00E82AD6">
         <w:trPr>
           <w:trHeight w:val="586"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A89EB84" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="03466CA5" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Name of person liable to pay council tax</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Name of person liable to pay council tax"/>
+            <w:tag w:val="Name of person liable to pay council tax"/>
+            <w:id w:val="1848443655"/>
+            <w:placeholder>
+              <w:docPart w:val="A99A66CC16B34F95BB378776591962D4"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6005" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3FC2A1C6" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00937AEB" w:rsidRPr="00D95C22" w14:paraId="05A5D8DA" w14:textId="77777777" w:rsidTr="00A20389">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6005" w:type="dxa"/>
+            <w:tcW w:w="1730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="781D09EE" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
-[...35 lines deleted...]
-          <w:p w14:paraId="2A3381EC" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="2A86770B" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D95C22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of second home</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Property address"/>
+            <w:tag w:val="Property address"/>
+            <w:id w:val="-351878862"/>
+            <w:placeholder>
+              <w:docPart w:val="27152E0DAA714A7485300C986E705E87"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="7768" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0391A64F" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00A20389" w:rsidRPr="00D95C22" w14:paraId="54D68166" w14:textId="77777777" w:rsidTr="00A20389">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8263" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1730" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="150C104E" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="3A0101DD" w14:textId="6FE43FA3" w:rsidR="00A20389" w:rsidRPr="00D95C22" w:rsidRDefault="00A20389" w:rsidP="00A20389">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5103"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Your address</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Your address"/>
+            <w:tag w:val="Your address"/>
+            <w:id w:val="-489786533"/>
+            <w:placeholder>
+              <w:docPart w:val="16A087DCF94E4A2CAE5B77FBB6A8028B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="7768" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="53B15353" w14:textId="226A3D76" w:rsidR="00A20389" w:rsidRDefault="00A20389" w:rsidP="00A20389">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7280A785" w14:textId="77777777" w:rsidR="005015AE" w:rsidRDefault="005015AE" w:rsidP="005015AE">
+    <w:p w14:paraId="467CE6DB" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00937AEB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Property circumstances</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B13A39" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00937AEB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95C22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Please tick if applicable:</w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>complete each section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CA76A4" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="005015AE">
+    <w:p w14:paraId="6A136E4D" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00937AEB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005015AE" w:rsidRPr="00D95C22" w14:paraId="6397161A" w14:textId="77777777" w:rsidTr="002C7DFA">
+      <w:tr w:rsidR="00937AEB" w:rsidRPr="00D95C22" w14:paraId="5FA6C4FB" w14:textId="77777777" w:rsidTr="00E82AD6">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="2268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="731DBDE0" w14:textId="7FE7F25D" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="067B78C3" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
-              <w:tabs>
-[...6 lines deleted...]
-              <w:ind w:left="100" w:right="343"/>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009454E8">
+              <w:t>Has the owner agreed with us to take steps to bring the property back into use?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D47CD3" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77C57607" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00945962" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009454E8">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>The owner has agreed with the Council</w:t>
+              <w:t>Tell us</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D95C22">
+            <w:r w:rsidRPr="009454E8">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">to take positive steps to re-occupy the property. </w:t>
-[...11 lines deleted...]
-              <w:ind w:left="100" w:right="343"/>
+              <w:t>what support you have asked for from the empty homes officer</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-[...21 lines deleted...]
-            </w:pPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Provide details of assistance requested from the empty homes officer."/>
+            <w:tag w:val="Provide details of assistance requested from the empty homes officer."/>
+            <w:id w:val="-1637028612"/>
+            <w:placeholder>
+              <w:docPart w:val="802F038BE46142F09DF7AF2607BB8E97"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3544" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+              </w:tcPr>
+              <w:p w14:paraId="6D4DE067" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005015AE" w:rsidRPr="00D95C22" w14:paraId="5D2064A4" w14:textId="77777777" w:rsidTr="002C7DFA">
+      <w:tr w:rsidR="00937AEB" w:rsidRPr="00D95C22" w14:paraId="463F89BB" w14:textId="77777777" w:rsidTr="00E82AD6">
         <w:trPr>
-          <w:trHeight w:val="2193"/>
+          <w:trHeight w:val="2268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3637DCD4" w14:textId="1F1B06B1" w:rsidR="005015AE" w:rsidRPr="002F239A" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="1BDFAAE0" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
-              <w:tabs>
-[...9 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D95C22">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> for your second home.</w:t>
+            <w:r>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009454E8">
+              <w:t xml:space="preserve"> your second home </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009454E8">
+              <w:t>hav</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">e </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009454E8">
+              <w:t>an effect on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009454E8">
+              <w:t xml:space="preserve"> the local community or on public services?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E9A342A" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="005015AE">
+          <w:p w14:paraId="6EAB171C" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          <w:p w14:paraId="4CCFDB64" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="34A26ECE" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00E321CA" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">For example, someone is living in your second home because their main residence is far </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>form</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> their work in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009454E8">
+              <w:t>local community or public services</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Detail the community or public service impact for your second home"/>
+            <w:tag w:val="Detail the community or public service impact for your second home"/>
+            <w:id w:val="1183625863"/>
+            <w:placeholder>
+              <w:docPart w:val="35FFBB61094347D28F6936BE9C9FC574"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3544" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+              </w:tcPr>
+              <w:p w14:paraId="5681A263" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005015AE" w:rsidRPr="00D95C22" w14:paraId="2E7B1CA9" w14:textId="77777777" w:rsidTr="002C7DFA">
+      <w:tr w:rsidR="00937AEB" w:rsidRPr="00D95C22" w14:paraId="3EFF8DCF" w14:textId="77777777" w:rsidTr="00A20389">
         <w:trPr>
-          <w:trHeight w:val="2193"/>
+          <w:trHeight w:val="2079"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D86477F" w14:textId="14FDD6DA" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="002C7DFA">
+          <w:p w14:paraId="0E9395A4" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
-              <w:tabs>
-[...10 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
-            <w:r w:rsidRPr="005015AE">
-[...3 lines deleted...]
-              <w:t>local economy impact (e.g. temporary occupation of a property for the purposes of completing constructions works, where that property does not fall within the definition of a Job-Related Dwelling).</w:t>
+            <w:r>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945962">
+              <w:t xml:space="preserve"> your second home </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00945962">
+              <w:t>hav</w:t>
+            </w:r>
+            <w:r>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945962">
+              <w:t xml:space="preserve"> an effect on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00945962">
+              <w:t xml:space="preserve"> the local economy?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE06BBA" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12918C6D" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00945962" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00945962">
+              <w:t xml:space="preserve">For </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00945962">
+              <w:t>example</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945962">
+              <w:t xml:space="preserve">it </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945962">
+              <w:t>being used for short</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945962">
+              <w:noBreakHyphen/>
+              <w:t>term stays during construction work, and is not classed as a job</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945962">
+              <w:t>related home?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Detail the local economy impact of your second home"/>
+            <w:tag w:val="Detail the local economy impact of your second home"/>
+            <w:id w:val="613487013"/>
+            <w:placeholder>
+              <w:docPart w:val="0F8C1804883446B5A16ACBFD7FECDB0F"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3544" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+              </w:tcPr>
+              <w:p w14:paraId="74C4DA81" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A975D7" w:rsidRPr="00D95C22" w14:paraId="150D551D" w14:textId="77777777" w:rsidTr="002C7DFA">
+      <w:tr w:rsidR="00937AEB" w:rsidRPr="00D95C22" w14:paraId="065684D9" w14:textId="77777777" w:rsidTr="00E82AD6">
         <w:trPr>
-          <w:trHeight w:val="2193"/>
+          <w:trHeight w:val="2268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62E81DF8" w14:textId="57871913" w:rsidR="00A975D7" w:rsidRPr="005015AE" w:rsidRDefault="00A975D7" w:rsidP="002C7DFA">
+          <w:p w14:paraId="6CF01D48" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
             <w:pPr>
-              <w:tabs>
-[...9 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
+            <w:r w:rsidRPr="00945962">
+              <w:t>Are there any other exceptional circumstances that you think we should look at?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52A04040" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00945962" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68CDC312" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00945962" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00945962">
+              <w:t>Tell us:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38C171FD" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00945962" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00945962">
+              <w:t>what the circumstance</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> is</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="703ED8B0" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00945962" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00945962">
+              <w:t>any evidence that supports it</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="360BD9B7" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00945962" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00945962">
+              <w:t xml:space="preserve">why you think it should be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00945962">
+              <w:t>taken into account</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...29 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:alias w:val="Detail any other exceptional circumstance that you feel should be considered"/>
+            <w:tag w:val="Detail any other exceptional circumstance that you feel should be considered"/>
+            <w:id w:val="-637332466"/>
+            <w:placeholder>
+              <w:docPart w:val="5294FF7872B34E2CB9635A3E921F3956"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text w:multiLine="1"/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3544" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:tcMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:left w:w="108" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                  <w:right w:w="108" w:type="dxa"/>
+                </w:tcMar>
+              </w:tcPr>
+              <w:p w14:paraId="7FAC0C08" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRPr="00D95C22" w:rsidRDefault="00937AEB" w:rsidP="00E82AD6">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="5103"/>
+                  </w:tabs>
+                  <w:autoSpaceDE w:val="0"/>
+                  <w:autoSpaceDN w:val="0"/>
+                  <w:adjustRightInd w:val="0"/>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00270E11">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3EC1D533" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="005015AE">
+    <w:p w14:paraId="403328B6" w14:textId="77777777" w:rsidR="00937AEB" w:rsidRDefault="00227A63" w:rsidP="00937AEB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:pict w14:anchorId="6B17470A">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:72.5pt">
+            <v:imagedata r:id="rId8" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{8F09AA24-1012-4959-81C8-5634E5FE7281}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D1CD567" w14:textId="77777777" w:rsidR="005015AE" w:rsidRPr="00D95C22" w:rsidRDefault="005015AE" w:rsidP="005015AE">
+    <w:p w14:paraId="5E5787A5" w14:textId="2BF120B1" w:rsidR="00462D8B" w:rsidRPr="00A20389" w:rsidRDefault="00937AEB" w:rsidP="00937AEB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D95C22">
+      <w:r w:rsidRPr="00A20389">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Signed…………………………………………………                Date…………………………</w:t>
+        <w:t>Once you have completed the form return to operations.team@highland.gov.uk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6492675C" w14:textId="77777777" w:rsidR="00463CE4" w:rsidRDefault="00463CE4"/>
-    <w:sectPr w:rsidR="00463CE4" w:rsidSect="005015AE">
+    <w:sectPr w:rsidR="00462D8B" w:rsidRPr="00A20389" w:rsidSect="00937AEB">
       <w:pgSz w:w="11908" w:h="16833"/>
       <w:pgMar w:top="566" w:right="850" w:bottom="283" w:left="850" w:header="566" w:footer="283" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
-[...1 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AE13812"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75ACA16E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="761218336">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005015AE"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00EA3581"/>
+    <w:rsidRoot w:val="02B0C5A4"/>
+    <w:rsid w:val="001D5D7A"/>
+    <w:rsid w:val="00227A63"/>
+    <w:rsid w:val="003B2A97"/>
+    <w:rsid w:val="00462D8B"/>
+    <w:rsid w:val="004748CA"/>
+    <w:rsid w:val="009128CE"/>
+    <w:rsid w:val="00937AEB"/>
+    <w:rsid w:val="00A20389"/>
+    <w:rsid w:val="00B66FBC"/>
+    <w:rsid w:val="00CA3A45"/>
+    <w:rsid w:val="02B0C5A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="46EFBA8A"/>
+  <w14:docId w14:val="02B0C5A4"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FC6BFFE7-D51D-4121-B5D8-721448DD87B1}"/>
+  <w15:docId w15:val="{299113C4-D1FA-4DD2-8DBD-8631C5DEFFE1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00937AEB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00937AEB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00937AEB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00937AEB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00937AEB"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00937AEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="05218D2D47434A9F964C0B0EEFB3356D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{794217D9-60E4-4D61-9EC9-8240B04C7162}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="05218D2D47434A9F964C0B0EEFB3356D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A99A66CC16B34F95BB378776591962D4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{94029D21-3BC2-4B93-9F99-0ABCAE7D4B3F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="A99A66CC16B34F95BB378776591962D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="27152E0DAA714A7485300C986E705E87"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{343023E2-C19B-49F8-9FD8-1141891BAAAF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="27152E0DAA714A7485300C986E705E87"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="802F038BE46142F09DF7AF2607BB8E97"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6500297F-2E70-47B9-82E3-E2274E801DDB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="802F038BE46142F09DF7AF2607BB8E97"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="35FFBB61094347D28F6936BE9C9FC574"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{19A90B7A-FE30-4D75-A83E-1087FACFB936}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="35FFBB61094347D28F6936BE9C9FC574"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0F8C1804883446B5A16ACBFD7FECDB0F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1C452398-AA4A-47CD-9C7C-C759864C694F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="0F8C1804883446B5A16ACBFD7FECDB0F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5294FF7872B34E2CB9635A3E921F3956"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{80BCC0A0-E63B-45E7-B0F7-B75C9818E252}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="5294FF7872B34E2CB9635A3E921F3956"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="16A087DCF94E4A2CAE5B77FBB6A8028B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{23175B12-A592-4774-92D8-536DA6EB20A0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0018079D" w:rsidRDefault="00E37590" w:rsidP="00E37590">
+          <w:pPr>
+            <w:pStyle w:val="16A087DCF94E4A2CAE5B77FBB6A8028B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00270E11">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00E37590"/>
+    <w:rsid w:val="0018079D"/>
+    <w:rsid w:val="007773CF"/>
+    <w:rsid w:val="00B11F27"/>
+    <w:rsid w:val="00B66FBC"/>
+    <w:rsid w:val="00CA3A45"/>
+    <w:rsid w:val="00E37590"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1263,785 +2668,241 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005015AE"/>
-[...237 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005015AE"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E37590"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05218D2D47434A9F964C0B0EEFB3356D">
+    <w:name w:val="05218D2D47434A9F964C0B0EEFB3356D"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A99A66CC16B34F95BB378776591962D4">
+    <w:name w:val="A99A66CC16B34F95BB378776591962D4"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27152E0DAA714A7485300C986E705E87">
+    <w:name w:val="27152E0DAA714A7485300C986E705E87"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="802F038BE46142F09DF7AF2607BB8E97">
+    <w:name w:val="802F038BE46142F09DF7AF2607BB8E97"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35FFBB61094347D28F6936BE9C9FC574">
+    <w:name w:val="35FFBB61094347D28F6936BE9C9FC574"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F8C1804883446B5A16ACBFD7FECDB0F">
+    <w:name w:val="0F8C1804883446B5A16ACBFD7FECDB0F"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...11 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5294FF7872B34E2CB9635A3E921F3956">
+    <w:name w:val="5294FF7872B34E2CB9635A3E921F3956"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...199 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16A087DCF94E4A2CAE5B77FBB6A8028B">
+    <w:name w:val="16A087DCF94E4A2CAE5B77FBB6A8028B"/>
+    <w:rsid w:val="00E37590"/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2059,65 +2920,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -2138,105 +2999,365 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Action tracker" ma:contentTypeID="0x01010057D7A546F0AD054E98135E0CC42C23D4005C2212FCBC9BBA45B63A565CB9207BD5" ma:contentTypeVersion="20" ma:contentTypeDescription="Action tracker template, including RAID log" ma:contentTypeScope="" ma:versionID="7ec31c6432522cc2888a66cc7e45bbff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6bd44dbd-651d-48e1-854b-db62d255f815" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns4="6754befd-e025-48d7-b5e9-26f14562c928" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96c9c76655f318e2ec97935d03e03e0e" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="6bd44dbd-651d-48e1-854b-db62d255f815"/>
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+    <xsd:import namespace="6754befd-e025-48d7-b5e9-26f14562c928"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:Active" minOccurs="0"/>
+                <xsd:element ref="ns3:IconOverlay" minOccurs="0"/>
+                <xsd:element ref="ns2:Link_x0020_to_x0020_process" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6bd44dbd-651d-48e1-854b-db62d255f815" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaLengthInSeconds" ma:index="8" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Active" ma:index="9" nillable="true" ma:displayName="Active" ma:default="Yes" ma:format="RadioButtons" ma:internalName="Active">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Link_x0020_to_x0020_process" ma:index="11" nillable="true" ma:displayName="Processes this is linked to" ma:description="Please include any processes this work will impact" ma:list="{b53b3ff4-68b1-45f9-972f-130afea3aee8}" ma:internalName="Link_x0020_to_x0020_process" ma:showField="Title">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="bd8d7fc4-e056-491b-b14d-914997007d27" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="IconOverlay" ma:index="10" nillable="true" ma:displayName="IconOverlay" ma:hidden="true" ma:internalName="IconOverlay">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6754befd-e025-48d7-b5e9-26f14562c928" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8faf5ae5-5ffd-4827-9c3e-1e657de910a5}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6754befd-e025-48d7-b5e9-26f14562c928">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Active xmlns="6bd44dbd-651d-48e1-854b-db62d255f815">Yes</Active>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6bd44dbd-651d-48e1-854b-db62d255f815">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Link_x0020_to_x0020_process xmlns="6bd44dbd-651d-48e1-854b-db62d255f815" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6754befd-e025-48d7-b5e9-26f14562c928" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59C3296B-E68F-411B-9E8D-1BFAB9883254}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6bd44dbd-651d-48e1-854b-db62d255f815"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="6754befd-e025-48d7-b5e9-26f14562c928"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70522783-60FA-4080-B032-7C42B59490CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AF9E948-A393-4EB4-BF75-B1842D3D9015}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6bd44dbd-651d-48e1-854b-db62d255f815"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="6754befd-e025-48d7-b5e9-26f14562c928"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>121</Words>
-  <Characters>663</Characters>
+  <Words>231</Words>
+  <Characters>1091</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>13</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>46</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>771</CharactersWithSpaces>
+  <CharactersWithSpaces>1297</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Secondary home descretionary relief application form</dc:title>
   <dc:subject/>
-  <dc:creator>Gillian MacRae (Service Delivery)</dc:creator>
+  <dc:creator>Gillian.MacRae@highland.gov.uk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010057D7A546F0AD054E98135E0CC42C23D4005C2212FCBC9BBA45B63A565CB9207BD5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>